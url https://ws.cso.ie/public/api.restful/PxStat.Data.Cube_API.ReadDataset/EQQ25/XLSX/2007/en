--- v0 (2025-10-03)
+++ v1 (2025-12-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2fbf4df588a4d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6bda37a92b8c45f9b3e2d0d6b203e491.psmdcp" Id="R351f12d52ddf4269" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra471dd95362342e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8505a9bfc0c94affa03d0cb467e16c5b.psmdcp" Id="R0a5b4dfc581c4a96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EQQ25</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons aged 18 years and over who have experienced discrimination</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/21/2020 11:00:00 AM</x:t>
+    <x:t>21/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Experience of discrimination has increased in Q1 2019, care should be taken in interpreting this increase. There are a number of factors that may have contributed to this increase including an additional category of discrimination included in Q1 2019, discrimination experienced 'In contact with An Garda Síochána' and also an increase in knowledge of rights.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EQQ25/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>QEQ</x:t>
   </x:si>
   <x:si>
     <x:t>Equality 2019</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -186,50 +186,53 @@
     <x:t>Quarter</x:t>
   </x:si>
   <x:si>
     <x:t>UNIT</x:t>
   </x:si>
   <x:si>
     <x:t>VALUE</x:t>
   </x:si>
   <x:si>
     <x:t>01</x:t>
   </x:si>
   <x:si>
     <x:t>Little or no effect</x:t>
   </x:si>
   <x:si>
     <x:t>02</x:t>
   </x:si>
   <x:si>
     <x:t>In the workplace</x:t>
   </x:si>
   <x:si>
     <x:t>2004Q4</x:t>
   </x:si>
   <x:si>
     <x:t>%</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>2010Q4</x:t>
   </x:si>
   <x:si>
     <x:t>2014Q3</x:t>
   </x:si>
   <x:si>
     <x:t>2019Q1</x:t>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>Looking for work</x:t>
   </x:si>
   <x:si>
     <x:t>04</x:t>
   </x:si>
   <x:si>
     <x:t>In shops, pubs and restaurants</x:t>
   </x:si>
   <x:si>
     <x:t>05</x:t>
   </x:si>
@@ -442,299 +445,148 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...247 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03280V03953" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Effect of Discrimination" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03285V03958" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Discrimination" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J201" totalsRowShown="0">
   <x:autoFilter ref="A1:J201"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C03280V03953"/>
     <x:tableColumn id="4" name="Effect of Discrimination"/>
     <x:tableColumn id="5" name="C03285V03958"/>
     <x:tableColumn id="6" name="Type of Discrimination"/>
     <x:tableColumn id="7" name="TLIST(Q1)"/>
     <x:tableColumn id="8" name="Quarter"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1005,51 +857,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EQQ25/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1238,51 +1090,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J201"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="63.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="52.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -1320,6255 +1172,6435 @@
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G2" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H2" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I2" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J2" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="3" spans="1:10">
       <x:c r="A3" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I3" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J3" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:10">
       <x:c r="A4" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H4" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I4" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J4" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I5" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J5" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H6" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I6" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J6" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I7" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J7" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I8" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J8" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F9" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F9" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I9" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J9" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I10" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J10" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J11" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I12" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J12" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J13" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I14" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J14" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I15" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J15" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I16" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J16" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J17" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I18" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J18" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J19" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I20" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J20" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J21" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J22" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J23" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J24" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I25" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J25" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I26" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J26" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J27" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H28" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I28" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J28" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I29" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J29" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I30" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J30" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J31" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H32" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I32" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J32" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J33" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J34" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J35" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J36" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J37" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J38" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I39" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J39" s="0" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
         <x:v>54</x:v>
+      </x:c>
+      <x:c r="J40" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J41" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J42" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J43" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J44" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J45" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J46" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J47" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10">
       <x:c r="A48" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J48" s="0">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10">
       <x:c r="A49" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F49" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G49" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F49" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J49" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10">
       <x:c r="A50" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J50" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="51" spans="1:10">
       <x:c r="A51" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J51" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10">
       <x:c r="A52" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J52" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:10">
       <x:c r="A53" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I53" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J53" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10">
       <x:c r="A54" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J54" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="55" spans="1:10">
       <x:c r="A55" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J55" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:10">
       <x:c r="A56" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J56" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10">
       <x:c r="A57" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J57" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10">
       <x:c r="A58" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J58" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="59" spans="1:10">
       <x:c r="A59" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J59" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:10">
       <x:c r="A60" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J60" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:10">
       <x:c r="A61" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J61" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:10">
       <x:c r="A62" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J62" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="63" spans="1:10">
       <x:c r="A63" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J63" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:10">
       <x:c r="A64" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J64" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:10">
       <x:c r="A65" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J65" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:10">
       <x:c r="A66" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J66" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="67" spans="1:10">
       <x:c r="A67" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J67" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:10">
       <x:c r="A68" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J68" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:10">
       <x:c r="A69" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J69" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:10">
       <x:c r="A70" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J70" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="71" spans="1:10">
       <x:c r="A71" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J71" s="0">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:10">
       <x:c r="A72" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J72" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:10">
       <x:c r="A73" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J73" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:10">
       <x:c r="A74" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J74" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="75" spans="1:10">
       <x:c r="A75" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J75" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:10">
       <x:c r="A76" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J76" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:10">
       <x:c r="A77" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J77" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:10">
       <x:c r="A78" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E78" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F78" s="0" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J78" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="79" spans="1:10">
       <x:c r="A79" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E79" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F79" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="E79" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G79" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H79" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I79" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J79" s="0" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:10">
       <x:c r="A80" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E80" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F80" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="E80" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G80" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
         <x:v>54</x:v>
+      </x:c>
+      <x:c r="J80" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:10">
       <x:c r="A81" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E81" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F81" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="E81" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J81" s="0">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:10">
       <x:c r="A82" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J82" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="83" spans="1:10">
       <x:c r="A83" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J83" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:10">
       <x:c r="A84" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J84" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:10">
       <x:c r="A85" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J85" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:10">
       <x:c r="A86" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J86" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="87" spans="1:10">
       <x:c r="A87" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J87" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:10">
       <x:c r="A88" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J88" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:10">
       <x:c r="A89" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D89" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E89" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F89" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G89" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D89" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="E89" s="0" t="s">
+      <x:c r="H89" s="0" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J89" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:10">
       <x:c r="A90" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J90" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="91" spans="1:10">
       <x:c r="A91" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J91" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:10">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J92" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:10">
       <x:c r="A93" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D93" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E93" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F93" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G93" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D93" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J93" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:10">
       <x:c r="A94" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J94" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="95" spans="1:10">
       <x:c r="A95" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J95" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:10">
       <x:c r="A96" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J96" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:10">
       <x:c r="A97" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D97" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E97" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F97" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G97" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D97" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J97" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:10">
       <x:c r="A98" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J98" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="99" spans="1:10">
       <x:c r="A99" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J99" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:10">
       <x:c r="A100" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J100" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:10">
       <x:c r="A101" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D101" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E101" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F101" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G101" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D101" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J101" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:10">
       <x:c r="A102" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J102" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="103" spans="1:10">
       <x:c r="A103" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J103" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:10">
       <x:c r="A104" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J104" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:10">
       <x:c r="A105" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D105" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E105" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F105" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G105" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D105" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H105" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J105" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:10">
       <x:c r="A106" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J106" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="107" spans="1:10">
       <x:c r="A107" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J107" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:10">
       <x:c r="A108" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J108" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:10">
       <x:c r="A109" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D109" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E109" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F109" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="G109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D109" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J109" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:10">
       <x:c r="A110" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J110" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="111" spans="1:10">
       <x:c r="A111" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J111" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:10">
       <x:c r="A112" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J112" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:10">
       <x:c r="A113" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D113" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E113" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F113" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G113" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D113" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J113" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:10">
       <x:c r="A114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J114" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="115" spans="1:10">
       <x:c r="A115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J115" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:10">
       <x:c r="A116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J116" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:10">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D117" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E117" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F117" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G117" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D117" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J117" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:10">
       <x:c r="A118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J118" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="119" spans="1:10">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H119" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I119" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J119" s="0" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:10">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>54</x:v>
+      </x:c>
+      <x:c r="J120" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:10">
       <x:c r="A121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D121" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E121" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F121" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G121" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="D121" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J121" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:10">
       <x:c r="A122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J122" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="123" spans="1:10">
       <x:c r="A123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J123" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:10">
       <x:c r="A124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J124" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:10">
       <x:c r="A125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J125" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:10">
       <x:c r="A126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D126" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="E126" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F126" s="0" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J126" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="127" spans="1:10">
       <x:c r="A127" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D127" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="E127" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F127" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="D127" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J127" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:10">
       <x:c r="A128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D128" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="E128" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F128" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="D128" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G128" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J128" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:10">
       <x:c r="A129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D129" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="E129" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F129" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="D129" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="E129" s="0" t="s">
+      <x:c r="G129" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F129" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J129" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:10">
       <x:c r="A130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J130" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="131" spans="1:10">
       <x:c r="A131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J131" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:10">
       <x:c r="A132" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J132" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:10">
       <x:c r="A133" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J133" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:10">
       <x:c r="A134" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J134" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="135" spans="1:10">
       <x:c r="A135" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J135" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:10">
       <x:c r="A136" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J136" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:10">
       <x:c r="A137" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J137" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:10">
       <x:c r="A138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J138" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="139" spans="1:10">
       <x:c r="A139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J139" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:10">
       <x:c r="A140" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J140" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:10">
       <x:c r="A141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J141" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:10">
       <x:c r="A142" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J142" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="143" spans="1:10">
       <x:c r="A143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J143" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:10">
       <x:c r="A144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J144" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:10">
       <x:c r="A145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J145" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:10">
       <x:c r="A146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J146" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="147" spans="1:10">
       <x:c r="A147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J147" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:10">
       <x:c r="A148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J148" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:10">
       <x:c r="A149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J149" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:10">
       <x:c r="A150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J150" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="151" spans="1:10">
       <x:c r="A151" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J151" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:10">
       <x:c r="A152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H152" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J152" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:10">
       <x:c r="A153" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J153" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:10">
       <x:c r="A154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J154" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="155" spans="1:10">
       <x:c r="A155" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J155" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:10">
       <x:c r="A156" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J156" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:10">
       <x:c r="A157" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J157" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:10">
       <x:c r="A158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J158" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="159" spans="1:10">
       <x:c r="A159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H159" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I159" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J159" s="0" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:10">
       <x:c r="A160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>54</x:v>
+      </x:c>
+      <x:c r="J160" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:10">
       <x:c r="A161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J161" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:10">
       <x:c r="A162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J162" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="163" spans="1:10">
       <x:c r="A163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J163" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:10">
       <x:c r="A164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J164" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:10">
       <x:c r="A165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J165" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:10">
       <x:c r="A166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J166" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="167" spans="1:10">
       <x:c r="A167" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J167" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:10">
       <x:c r="A168" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J168" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:10">
       <x:c r="A169" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F169" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G169" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="F169" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H169" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J169" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:10">
       <x:c r="A170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D170" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="E170" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F170" s="0" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J170" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="171" spans="1:10">
       <x:c r="A171" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D171" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="E171" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F171" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D171" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J171" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:10">
       <x:c r="A172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D172" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="E172" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F172" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D172" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G172" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J172" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:10">
       <x:c r="A173" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D173" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="E173" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F173" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
-      <x:c r="D173" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J173" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:10">
       <x:c r="A174" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J174" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="175" spans="1:10">
       <x:c r="A175" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J175" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:10">
       <x:c r="A176" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J176" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:10">
       <x:c r="A177" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J177" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:10">
       <x:c r="A178" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J178" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="179" spans="1:10">
       <x:c r="A179" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J179" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:10">
       <x:c r="A180" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J180" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:10">
       <x:c r="A181" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J181" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:10">
       <x:c r="A182" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J182" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="183" spans="1:10">
       <x:c r="A183" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J183" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:10">
       <x:c r="A184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J184" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:10">
       <x:c r="A185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J185" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:10">
       <x:c r="A186" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J186" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="187" spans="1:10">
       <x:c r="A187" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J187" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:10">
       <x:c r="A188" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J188" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:10">
       <x:c r="A189" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J189" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:10">
       <x:c r="A190" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J190" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="191" spans="1:10">
       <x:c r="A191" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J191" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:10">
       <x:c r="A192" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J192" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:10">
       <x:c r="A193" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J193" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:10">
       <x:c r="A194" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J194" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="195" spans="1:10">
       <x:c r="A195" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J195" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:10">
       <x:c r="A196" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J196" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:10">
       <x:c r="A197" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J197" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:10">
       <x:c r="A198" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J198" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
     </x:row>
     <x:row r="199" spans="1:10">
       <x:c r="A199" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H199" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I199" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J199" s="0" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:10">
       <x:c r="A200" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
         <x:v>54</x:v>
+      </x:c>
+      <x:c r="J200" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:10">
       <x:c r="A201" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J201" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7585,51 +7617,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J201" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EQQ25"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Persons aged 18 years and over who have experienced discrimination"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03280V03953">
       <x:sharedItems count="5">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Effect of Discrimination">
       <x:sharedItems count="5">
         <x:s v="Little or no effect"/>
         <x:s v="Some effect"/>
@@ -7720,27 +7752,2428 @@
         <x:n v="37"/>
         <x:n v="33"/>
         <x:n v="48"/>
         <x:n v="51"/>
         <x:n v="45"/>
         <x:n v="25"/>
         <x:n v="19"/>
         <x:n v="13"/>
         <x:n v="17"/>
         <x:n v="26"/>
         <x:n v="28"/>
         <x:n v="12"/>
         <x:n v="5"/>
         <x:n v="4"/>
         <x:n v="7"/>
         <x:n v="14"/>
         <x:n v="6"/>
         <x:n v="100"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="02"/>
+    <s v="In the workplace"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="02"/>
+    <s v="In the workplace"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="02"/>
+    <s v="In the workplace"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="02"/>
+    <s v="In the workplace"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="03"/>
+    <s v="Looking for work"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="03"/>
+    <s v="Looking for work"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="03"/>
+    <s v="Looking for work"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="03"/>
+    <s v="Looking for work"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="04"/>
+    <s v="In shops, pubs and restaurants"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="04"/>
+    <s v="In shops, pubs and restaurants"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="04"/>
+    <s v="In shops, pubs and restaurants"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="04"/>
+    <s v="In shops, pubs and restaurants"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="05"/>
+    <s v="Banks, insurance companies or other financial institutions"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="05"/>
+    <s v="Banks, insurance companies or other financial institutions"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="05"/>
+    <s v="Banks, insurance companies or other financial institutions"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="05"/>
+    <s v="Banks, insurance companies or other financial institutions"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="06"/>
+    <s v="Education"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="06"/>
+    <s v="Education"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="06"/>
+    <s v="Education"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="06"/>
+    <s v="Education"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="07"/>
+    <s v="Obtaining housing or accommodation"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="07"/>
+    <s v="Obtaining housing or accommodation"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="07"/>
+    <s v="Obtaining housing or accommodation"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="07"/>
+    <s v="Obtaining housing or accommodation"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="08"/>
+    <s v="Accessing health services"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="08"/>
+    <s v="Accessing health services"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="08"/>
+    <s v="Accessing health services"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="08"/>
+    <s v="Accessing health services"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="09"/>
+    <s v="Using transport Services"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="09"/>
+    <s v="Using transport Services"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="09"/>
+    <s v="Using transport Services"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="09"/>
+    <s v="Using transport Services"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="11"/>
+    <s v="Accessing public services"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="11"/>
+    <s v="Accessing public services"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="11"/>
+    <s v="Accessing public services"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="11"/>
+    <s v="Accessing public services"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="13"/>
+    <s v="In contact with An Garda Síochána"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="13"/>
+    <s v="In contact with An Garda Síochána"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="13"/>
+    <s v="In contact with An Garda Síochána"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="01"/>
+    <s v="Little or no effect"/>
+    <s v="13"/>
+    <s v="In contact with An Garda Síochána"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="02"/>
+    <s v="In the workplace"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="02"/>
+    <s v="In the workplace"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="02"/>
+    <s v="In the workplace"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="02"/>
+    <s v="In the workplace"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="03"/>
+    <s v="Looking for work"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="03"/>
+    <s v="Looking for work"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="03"/>
+    <s v="Looking for work"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="03"/>
+    <s v="Looking for work"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="04"/>
+    <s v="In shops, pubs and restaurants"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="04"/>
+    <s v="In shops, pubs and restaurants"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="04"/>
+    <s v="In shops, pubs and restaurants"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="04"/>
+    <s v="In shops, pubs and restaurants"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="05"/>
+    <s v="Banks, insurance companies or other financial institutions"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="05"/>
+    <s v="Banks, insurance companies or other financial institutions"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="05"/>
+    <s v="Banks, insurance companies or other financial institutions"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="05"/>
+    <s v="Banks, insurance companies or other financial institutions"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="06"/>
+    <s v="Education"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="06"/>
+    <s v="Education"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="06"/>
+    <s v="Education"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="06"/>
+    <s v="Education"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="07"/>
+    <s v="Obtaining housing or accommodation"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="07"/>
+    <s v="Obtaining housing or accommodation"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="07"/>
+    <s v="Obtaining housing or accommodation"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="07"/>
+    <s v="Obtaining housing or accommodation"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="08"/>
+    <s v="Accessing health services"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="08"/>
+    <s v="Accessing health services"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="08"/>
+    <s v="Accessing health services"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="08"/>
+    <s v="Accessing health services"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="09"/>
+    <s v="Using transport Services"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="09"/>
+    <s v="Using transport Services"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="09"/>
+    <s v="Using transport Services"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="09"/>
+    <s v="Using transport Services"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="11"/>
+    <s v="Accessing public services"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="11"/>
+    <s v="Accessing public services"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="11"/>
+    <s v="Accessing public services"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="11"/>
+    <s v="Accessing public services"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="13"/>
+    <s v="In contact with An Garda Síochána"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="13"/>
+    <s v="In contact with An Garda Síochána"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="13"/>
+    <s v="In contact with An Garda Síochána"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="02"/>
+    <s v="Some effect"/>
+    <s v="13"/>
+    <s v="In contact with An Garda Síochána"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="02"/>
+    <s v="In the workplace"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="02"/>
+    <s v="In the workplace"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="02"/>
+    <s v="In the workplace"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="02"/>
+    <s v="In the workplace"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="03"/>
+    <s v="Looking for work"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="03"/>
+    <s v="Looking for work"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="03"/>
+    <s v="Looking for work"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="03"/>
+    <s v="Looking for work"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="04"/>
+    <s v="In shops, pubs and restaurants"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="04"/>
+    <s v="In shops, pubs and restaurants"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="04"/>
+    <s v="In shops, pubs and restaurants"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="04"/>
+    <s v="In shops, pubs and restaurants"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="05"/>
+    <s v="Banks, insurance companies or other financial institutions"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="05"/>
+    <s v="Banks, insurance companies or other financial institutions"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="05"/>
+    <s v="Banks, insurance companies or other financial institutions"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="05"/>
+    <s v="Banks, insurance companies or other financial institutions"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="06"/>
+    <s v="Education"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="06"/>
+    <s v="Education"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="06"/>
+    <s v="Education"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="06"/>
+    <s v="Education"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="07"/>
+    <s v="Obtaining housing or accommodation"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="07"/>
+    <s v="Obtaining housing or accommodation"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="07"/>
+    <s v="Obtaining housing or accommodation"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="07"/>
+    <s v="Obtaining housing or accommodation"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="08"/>
+    <s v="Accessing health services"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="08"/>
+    <s v="Accessing health services"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="08"/>
+    <s v="Accessing health services"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="08"/>
+    <s v="Accessing health services"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="09"/>
+    <s v="Using transport Services"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="09"/>
+    <s v="Using transport Services"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="09"/>
+    <s v="Using transport Services"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="09"/>
+    <s v="Using transport Services"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="11"/>
+    <s v="Accessing public services"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="11"/>
+    <s v="Accessing public services"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="11"/>
+    <s v="Accessing public services"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="11"/>
+    <s v="Accessing public services"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="13"/>
+    <s v="In contact with An Garda Síochána"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="13"/>
+    <s v="In contact with An Garda Síochána"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="13"/>
+    <s v="In contact with An Garda Síochána"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="03"/>
+    <s v="Serious effect"/>
+    <s v="13"/>
+    <s v="In contact with An Garda Síochána"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="02"/>
+    <s v="In the workplace"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="02"/>
+    <s v="In the workplace"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="02"/>
+    <s v="In the workplace"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="02"/>
+    <s v="In the workplace"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="03"/>
+    <s v="Looking for work"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="03"/>
+    <s v="Looking for work"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="03"/>
+    <s v="Looking for work"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="03"/>
+    <s v="Looking for work"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="04"/>
+    <s v="In shops, pubs and restaurants"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="04"/>
+    <s v="In shops, pubs and restaurants"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="04"/>
+    <s v="In shops, pubs and restaurants"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="04"/>
+    <s v="In shops, pubs and restaurants"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="05"/>
+    <s v="Banks, insurance companies or other financial institutions"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="05"/>
+    <s v="Banks, insurance companies or other financial institutions"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="05"/>
+    <s v="Banks, insurance companies or other financial institutions"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="05"/>
+    <s v="Banks, insurance companies or other financial institutions"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="06"/>
+    <s v="Education"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="06"/>
+    <s v="Education"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="06"/>
+    <s v="Education"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="06"/>
+    <s v="Education"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="07"/>
+    <s v="Obtaining housing or accommodation"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="07"/>
+    <s v="Obtaining housing or accommodation"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="07"/>
+    <s v="Obtaining housing or accommodation"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="07"/>
+    <s v="Obtaining housing or accommodation"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="08"/>
+    <s v="Accessing health services"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="08"/>
+    <s v="Accessing health services"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="08"/>
+    <s v="Accessing health services"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="08"/>
+    <s v="Accessing health services"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="09"/>
+    <s v="Using transport Services"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="09"/>
+    <s v="Using transport Services"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="09"/>
+    <s v="Using transport Services"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="09"/>
+    <s v="Using transport Services"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="11"/>
+    <s v="Accessing public services"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="11"/>
+    <s v="Accessing public services"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="11"/>
+    <s v="Accessing public services"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="11"/>
+    <s v="Accessing public services"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="13"/>
+    <s v="In contact with An Garda Síochána"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="13"/>
+    <s v="In contact with An Garda Síochána"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="13"/>
+    <s v="In contact with An Garda Síochána"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="04"/>
+    <s v="Very serious effect"/>
+    <s v="13"/>
+    <s v="In contact with An Garda Síochána"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="02"/>
+    <s v="In the workplace"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="02"/>
+    <s v="In the workplace"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="02"/>
+    <s v="In the workplace"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="02"/>
+    <s v="In the workplace"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="03"/>
+    <s v="Looking for work"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="03"/>
+    <s v="Looking for work"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="03"/>
+    <s v="Looking for work"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="03"/>
+    <s v="Looking for work"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="04"/>
+    <s v="In shops, pubs and restaurants"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="04"/>
+    <s v="In shops, pubs and restaurants"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="04"/>
+    <s v="In shops, pubs and restaurants"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="04"/>
+    <s v="In shops, pubs and restaurants"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="05"/>
+    <s v="Banks, insurance companies or other financial institutions"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="05"/>
+    <s v="Banks, insurance companies or other financial institutions"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="05"/>
+    <s v="Banks, insurance companies or other financial institutions"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="05"/>
+    <s v="Banks, insurance companies or other financial institutions"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="06"/>
+    <s v="Education"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="06"/>
+    <s v="Education"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="06"/>
+    <s v="Education"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="06"/>
+    <s v="Education"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="07"/>
+    <s v="Obtaining housing or accommodation"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="07"/>
+    <s v="Obtaining housing or accommodation"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="07"/>
+    <s v="Obtaining housing or accommodation"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="07"/>
+    <s v="Obtaining housing or accommodation"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="08"/>
+    <s v="Accessing health services"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="08"/>
+    <s v="Accessing health services"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="08"/>
+    <s v="Accessing health services"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="08"/>
+    <s v="Accessing health services"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="09"/>
+    <s v="Using transport Services"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="09"/>
+    <s v="Using transport Services"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="09"/>
+    <s v="Using transport Services"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="09"/>
+    <s v="Using transport Services"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="11"/>
+    <s v="Accessing public services"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="11"/>
+    <s v="Accessing public services"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="11"/>
+    <s v="Accessing public services"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="11"/>
+    <s v="Accessing public services"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="13"/>
+    <s v="In contact with An Garda Síochána"/>
+    <s v="2004Q4"/>
+    <s v="2004Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="13"/>
+    <s v="In contact with An Garda Síochána"/>
+    <s v="2010Q4"/>
+    <s v="2010Q4"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="13"/>
+    <s v="In contact with An Garda Síochána"/>
+    <s v="2014Q3"/>
+    <s v="2014Q3"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EQQ25"/>
+    <s v="Persons aged 18 years and over who have experienced discrimination"/>
+    <s v="05"/>
+    <s v="All persons who experienced discrimination"/>
+    <s v="13"/>
+    <s v="In contact with An Garda Síochána"/>
+    <s v="2019Q1"/>
+    <s v="2019Q1"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+</pivotCacheRecords>
 </file>