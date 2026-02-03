--- v1 (2025-12-06)
+++ v2 (2026-02-03)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra471dd95362342e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8505a9bfc0c94affa03d0cb467e16c5b.psmdcp" Id="R0a5b4dfc581c4a96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc155e60b87634775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa0484adc0ca48ec810b5fa5a42c0ad9.psmdcp" Id="R846ed5c037954bca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>