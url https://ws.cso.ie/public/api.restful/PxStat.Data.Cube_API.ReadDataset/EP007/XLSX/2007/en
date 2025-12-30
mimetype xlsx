--- v0 (2025-11-04)
+++ v1 (2025-12-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc559f5915ed4041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0ef269965f9f4e0b9222ca088e496ad8.psmdcp" Id="R9e1d08dd3c2d4016" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf886fb6950594660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c940defcf4cf4324b6b029ee06ea5072.psmdcp" Id="R966f42e985814c18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EP007</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Housing Stock and Vacant Dwellings 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/9/2020 11:00:00 AM</x:t>
+    <x:t>09/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Figures in the above table for 2016 are preliminary figures only. Communal establishments and mobile or temporary structures are included in the preliminary housing stock figures. For comparability purposes we have included communal establishments and mobile or temporary structures in the 2011 housing figures in this report. In 2011 there were 4,035 occupied communal establishments and there were 5,034 occupied mobile or temporary structures. </x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EP007/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016SR1</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2016 Summary Results Part 1</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -688,579 +688,212 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...527 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H529" totalsRowShown="0">
   <x:autoFilter ref="A1:H529"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02779V03348"/>
     <x:tableColumn id="2" name="Province County or City"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1529,51 +1162,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EP007/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1762,51 +1395,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H529"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="35.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -15548,51 +15181,51 @@
       <x:c r="E529" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H529" s="0">
         <x:v>-2.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15609,51 +15242,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H529" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
         <x:s v="022"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="11"/>
         <x:s v="12"/>
         <x:s v="B"/>
         <x:s v="13"/>
         <x:s v="14"/>
@@ -16271,27 +15904,5308 @@
         <x:n v="84785"/>
         <x:n v="11341"/>
         <x:n v="12558"/>
         <x:n v="23899"/>
         <x:n v="28.2"/>
         <x:n v="-97"/>
         <x:n v="-0.4"/>
         <x:n v="25198"/>
         <x:n v="165"/>
         <x:n v="3233"/>
         <x:n v="3398"/>
         <x:n v="13.5"/>
         <x:n v="25633"/>
         <x:n v="233"/>
         <x:n v="3081"/>
         <x:n v="3314"/>
         <x:n v="12.9"/>
         <x:n v="-2.5"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="2003914"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="59395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="230056"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="289451"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="2022895"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="61204"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="198358"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="259562"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-29889"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-10.3"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="1035305"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="11555"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="95103"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="106658"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="1046545"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="12103"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="78005"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="90108"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-16550"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-15.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="23282"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="3202"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="23634"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="2417"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-785"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-24.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="529359"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="42930"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="43707"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="534652"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="35293"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="36732"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-6975"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-16"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="242570"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="24316"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="24638"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="242397"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="20844"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="21781"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-2857"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-11.6"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="86064"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="6496"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="6616"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="87264"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="4968"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="5146"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-1470"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-22.2"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="103153"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="6893"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="7204"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="105965"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="5565"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="5858"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-1346"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-18.7"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="97572"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="5225"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="5249"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="99026"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="3916"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="3947"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-1302"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-24.8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="79174"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="6123"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="6311"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="80746"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="4967"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="5113"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-1198"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-19"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="39256"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="4223"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="4624"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="39534"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="3209"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="3729"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-895"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-19.4"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="32805"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="3938"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="4087"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="33115"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="3163"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="3302"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-785"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-19.2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="18886"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="3758"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="4075"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="18747"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="3021"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="3281"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-794"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-19.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="51342"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="5613"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="6232"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="51782"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="4256"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="5005"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-1227"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-19.7"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="70075"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="5876"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="6173"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="71433"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="5065"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="5326"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-847"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-13.7"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="31004"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="3620"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="31038"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="2768"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="3003"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-617"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-17"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="36849"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="4621"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="4921"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="37295"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="4059"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="4334"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-587"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-11.9"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="68569"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="6915"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="7414"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="14329"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="69056"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="6756"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="6412"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="13168"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-1161"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-8.1"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="54704"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="4286"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="5377"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="55513"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="3647"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="4698"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-679"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-12.6"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="564114"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="23807"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="69078"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="92885"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="568633"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="23197"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="60201"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="83398"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-9487"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-10.2"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="55876"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="4610"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="7172"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="11782"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="56285"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="4739"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="6480"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="11219"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-563"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-4.8"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="228609"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="7342"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="25987"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="33329"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="231207"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="7118"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="21287"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="28405"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-4924"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-14.8"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="55845"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="6108"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="6168"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="56161"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="4491"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="4553"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-1615"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-26.2"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="172764"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="7282"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="19879"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="27161"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="175046"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="7056"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="16796"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="23852"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-3309"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-12.2"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="75197"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="8202"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="11517"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="19719"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="75319"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="7917"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="10340"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="18257"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-1462"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-7.4"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="82553"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="9661"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="10114"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="82741"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="8463"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="8856"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-1258"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-12.4"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="26808"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="3263"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="3273"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="26480"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="2583"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-690"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-21.1"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="55745"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="6398"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="6841"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="56261"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="5899"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="6273"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-568"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-8.3"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="30941"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="3848"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="4527"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="31132"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="3738"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="4281"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-246"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-5.4"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="38390"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="4380"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="4817"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="38937"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="4228"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="4638"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-179"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-3.7"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="52548"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="6513"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="8597"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="53012"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="5665"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="7742"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-855"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-9.9"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="22394"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="3241"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="3300"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="22627"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="2750"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-550"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-16.7"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="30154"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="3272"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="5297"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="30385"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="4992"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-305"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-5.8"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="261084"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="12232"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="43005"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="55237"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="263424"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="13338"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="39343"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="52681"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-2556"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-4.6"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="111859"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="3457"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="15364"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="18821"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="113975"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="3977"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="13654"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="17631"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-1190"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-6.3"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="33816"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="3572"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="3755"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="35006"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="3375"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="3671"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-84"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-2.2"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="78043"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="3274"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="11792"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="15066"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="78969"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="3681"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="10279"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="13960"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-1106"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-7.3"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="18239"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="4036"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="5526"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="18203"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="3786"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="5375"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-151"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-2.7"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="66063"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="4454"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="11776"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="16230"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="66547"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="4766"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="11180"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="15946"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-284"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-1.7"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="31707"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="6270"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="7332"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="31534"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="5658"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="6822"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-510"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-7"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="33216"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="5559"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="7328"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="33165"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="5065"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="6907"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-421"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-5.7"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="143411"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="11801"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="22870"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="34671"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="144293"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="12566"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="20809"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="33375"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-1296"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-3.7"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="33862"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="6277"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="7277"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="33875"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="5170"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="6162"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-1115"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-15.3"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="84351"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="10636"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="13360"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="23996"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="84785"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="11341"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="12558"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="23899"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-97"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C01"/>
+    <s v="Housing Stock - 2011"/>
+    <s v="Number"/>
+    <n v="25198"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C02"/>
+    <s v="Vacant holiday homes 2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C03"/>
+    <s v="Other vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="3233"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C04"/>
+    <s v="Total vacant dwellings 2011"/>
+    <s v="Number"/>
+    <n v="3398"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C05"/>
+    <s v="Vacancy Rate - 2011"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C06"/>
+    <s v="Housing Stock -2016"/>
+    <s v="Number"/>
+    <n v="25633"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C07"/>
+    <s v="Vacant holiday homes 2016"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C08"/>
+    <s v="Other vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="3081"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C09"/>
+    <s v="Total vacant dwellings 2016"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C10"/>
+    <s v="Vacancy Rate - 2016"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C11"/>
+    <s v="Actual change in vacant dwellings"/>
+    <s v="Number"/>
+    <n v="-84"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP007C12"/>
+    <s v="Percentage change in vacant dwellings"/>
+    <s v="%"/>
+    <n v="-2.5"/>
+  </r>
+</pivotCacheRecords>
 </file>