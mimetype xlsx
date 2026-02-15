--- v1 (2025-12-30)
+++ v2 (2026-02-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf886fb6950594660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c940defcf4cf4324b6b029ee06ea5072.psmdcp" Id="R966f42e985814c18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R809a1b57926e4946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a1a637b6d63f4f57be70a633b527cc48.psmdcp" Id="Rd1ead065923b4ca9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>