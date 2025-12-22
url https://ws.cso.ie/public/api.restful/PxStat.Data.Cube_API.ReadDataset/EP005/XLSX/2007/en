--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b5f33aeeaa94a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/081d1c1ed0804cc8b0ac926ae4fe622f.psmdcp" Id="R69595bc15dc14fad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6425e06bd9be4c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef7f3cb6207b491099a41be26f676cb9.psmdcp" Id="R8353f9bf837744bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EP005</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Components of Population Change 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/9/2020 11:00:00 AM</x:t>
+    <x:t>09/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>The data for births and deaths relate to events registered in the five year period ended 31 March 2016. The figures for the first quarter of 2016 are provisional. Migration figures are estimated.#The data for births and deaths relate to events registered in the five year period ended 31 March 2016. The figures for the first quarter of 2016 are provisional. Migration figures are estimated.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EP005/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016SR1</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2016 Summary Results Part 1</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -691,587 +691,214 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...535 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H573" totalsRowShown="0">
   <x:autoFilter ref="A1:H573"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02779V03348"/>
     <x:tableColumn id="2" name="Province County or City"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1540,51 +1167,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EP005/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1773,51 +1400,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H573"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="51.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -16703,51 +16330,51 @@
       <x:c r="E573" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H573" s="0">
         <x:v>-4.4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16764,51 +16391,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H573" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
         <x:s v="022"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="11"/>
         <x:s v="12"/>
         <x:s v="B"/>
         <x:s v="13"/>
         <x:s v="14"/>
@@ -17420,27 +17047,5748 @@
         <x:n v="-717"/>
         <x:n v="4349"/>
         <x:n v="2192"/>
         <x:n v="2157"/>
         <x:n v="-6731"/>
         <x:n v="-3857"/>
         <x:n v="-2874"/>
         <x:n v="12.4"/>
         <x:n v="-8.4"/>
         <x:n v="790"/>
         <x:n v="388"/>
         <x:n v="402"/>
         <x:n v="2134"/>
         <x:n v="1097"/>
         <x:n v="-1344"/>
         <x:n v="-709"/>
         <x:n v="-635"/>
         <x:n v="-4.4"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="169724"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="79541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="90183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="198282"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="102395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="95887"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-28558"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-22854"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-5704"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-1.2"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="125906"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="62181"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="63725"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="125174"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="65282"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="59892"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-3101"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="3833"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="2607"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-344"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-245"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-99"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-1.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="72333"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="37288"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="35045"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="64352"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="34103"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="30249"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="7981"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="4796"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="25553"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="14133"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="11420"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="18296"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="9998"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="8298"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="7257"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="4135"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="3122"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="11013"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="5703"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="5310"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="6947"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="3968"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="2979"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="4066"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="22223"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="10721"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="11502"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="21348"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="10985"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="10363"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-264"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="13544"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="6731"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="6813"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="17761"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="9152"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="8609"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-4217"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-2421"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-1796"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-3.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="11818"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="5682"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="6136"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="13059"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="6770"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="6289"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-1241"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-1088"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-153"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-1.1"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="3699"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="3572"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="1713"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-168"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="4173"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="3888"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="2018"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="5478"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="2691"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="2787"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="5579"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="2652"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-101"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-236"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="10807"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="4804"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="6003"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="11336"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="5741"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="5595"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-529"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-937"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="3240"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-1924"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-1165"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-759"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-5"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="3762"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-1530"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-792"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-738"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-3.5"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="4285"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="2562"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="5596"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="2901"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="2695"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-1311"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-1178"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-133"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-1.8"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="5692"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="3098"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="6551"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="3346"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="3205"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-859"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-752"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-107"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-1.2"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="34306"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="15055"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="19251"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="45017"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="22886"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="22131"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-10711"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-7831"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-2880"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-1.7"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="3934"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="2020"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-2503"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-1491"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-1012"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-4.2"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="23164"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="10751"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="12413"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="21645"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="11059"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="10586"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="1519"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-308"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="6392"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="2865"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="3527"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="4380"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="2595"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="16772"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="7886"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="8886"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="19633"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="9979"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="9654"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-2861"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-2093"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-768"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-1.4"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="3153"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-1101"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-1110"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-1.5"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="3366"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="7030"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="3661"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="3369"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-3664"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-2099"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-1565"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-3.8"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-289"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-128"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-161"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="2153"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="5528"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="2841"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-3375"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-1971"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-1404"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-5"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-1323"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-936"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-387"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-3.7"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="2637"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-1998"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-998"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-1000"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-4.5"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="2606"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="4247"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-1641"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-889"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-752"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-2.9"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-490"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-192"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-298"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-2.1"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-1151"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-697"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-454"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-3.4"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="8195"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="5955"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="18577"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="9457"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="9120"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-10382"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-7217"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-3165"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-3.8"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="7899"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="3061"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="4838"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="11104"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="5609"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="5495"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-3205"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-2548"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-657"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-2.5"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="3975"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="2282"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="4012"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-37"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-323"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="3924"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="2556"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="7092"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="3593"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="3499"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-3168"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-2225"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-943"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-3.6"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="-112"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-648"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-460"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-188"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-4.1"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="-213"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="-541"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="3033"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-3246"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-2116"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-1130"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-5"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="-37"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-1271"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-856"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-415"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="-36"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="-131"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-2012"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-1237"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-775"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-6.2"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="9514"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="4770"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="4744"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-8197"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-4705"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-3492"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-5.5"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="2909"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="3031"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-122"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-139"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="-2382"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="-1665"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="-717"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="4349"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-6731"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-3857"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-2874"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-8.4"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C01"/>
+    <s v="Change in Population - Persons"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C02"/>
+    <s v="Change in Population - Males"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C03"/>
+    <s v="Change in Population - Females"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C04"/>
+    <s v="Natural increase - Persons"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C05"/>
+    <s v="Natural increase - Males"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C06"/>
+    <s v="Natural increase - Females"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C07"/>
+    <s v="Estimated net migration - Persons"/>
+    <s v="Number"/>
+    <n v="-1344"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C08"/>
+    <s v="Estimated net migration - Males"/>
+    <s v="Number"/>
+    <n v="-709"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C09"/>
+    <s v="Estimated net migration - Females"/>
+    <s v="Number"/>
+    <n v="-635"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C10"/>
+    <s v="Average annual rates per 1,000 - Births"/>
+    <s v="Number"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C11"/>
+    <s v="Average annual rates per 1,000 - Deaths"/>
+    <s v="Number"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C12"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP005C13"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-4.4"/>
+  </r>
+</pivotCacheRecords>
 </file>