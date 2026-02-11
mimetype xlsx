--- v1 (2025-12-22)
+++ v2 (2026-02-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6425e06bd9be4c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef7f3cb6207b491099a41be26f676cb9.psmdcp" Id="R8353f9bf837744bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeec15afb0d44f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73d9adc876584b549069d198c58688bd.psmdcp" Id="R9aca855fd16642e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>