--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7fd65a3f279446e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5b8254d3c73d419db1038edfaf7fa6bb.psmdcp" Id="R1a2cff257f804a30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cabed1c06f34f89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/417178e0060e445fb7218e901be3125b.psmdcp" Id="R08d5c795b56e4499" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EP004</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Components of Population Change 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/9/2020 11:00:00 AM</x:t>
+    <x:t>09/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>The data for births and deaths relate to events registered in the five year period ended 31 March 2016. The figures for the first quarter of 2016 are provisional. Migration figures are estimated.#The data for births and deaths relate to events registered in the five year period ended 31 March 2016. The figures for the first quarter of 2016 are provisional. Migration figures are estimated.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EP004/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016SR1</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2016 Summary Results Part 1</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -472,307 +472,150 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...255 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J217" totalsRowShown="0">
   <x:autoFilter ref="A1:J217"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02196V02652"/>
     <x:tableColumn id="4" name="Regional Authority"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1043,51 +886,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EP004/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1276,51 +1119,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J217"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="19.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="51.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -8254,51 +8097,51 @@
       <x:c r="G217" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J217" s="0">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8315,51 +8158,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J217" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="9">
         <x:s v="-"/>
         <x:s v="IE11"/>
         <x:s v="IE12"/>
         <x:s v="IE13"/>
         <x:s v="IE21"/>
         <x:s v="IE22"/>
         <x:s v="IE23"/>
@@ -8602,27 +8445,2620 @@
         <x:n v="3617"/>
         <x:n v="6581"/>
         <x:n v="-2964"/>
         <x:n v="3.8"/>
         <x:n v="-3.1"/>
         <x:n v="249742"/>
         <x:n v="257113"/>
         <x:n v="7371"/>
         <x:n v="9060"/>
         <x:n v="-1689"/>
         <x:n v="5.8"/>
         <x:n v="-1.3"/>
         <x:n v="334435"/>
         <x:n v="348490"/>
         <x:n v="14055"/>
         <x:n v="12219"/>
         <x:n v="1836"/>
         <x:n v="1.1"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="4588252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="4757976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="169724"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="198282"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-28558"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-1.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="514891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="521824"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="6933"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="17891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-10958"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-4.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="282410"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="291941"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="9531"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="12522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-2991"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="445356"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="453413"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="8057"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="15779"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-7722"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-3.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="1273069"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="1345402"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="72333"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="64352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="7981"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="531087"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="559404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="28317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="30946"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-2629"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="379327"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="385172"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="5845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="13335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-7490"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-3.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="497578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="511070"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="13492"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="18659"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-5167"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="664534"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="689750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="25216"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="24798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="2272699"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="2352240"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="79541"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="102395"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-22854"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="257319"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="259832"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="2513"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="9151"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-6638"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-5.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="141449"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="146116"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="4667"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="6349"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-1682"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-2.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="222531"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="225014"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="8003"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-5520"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-4.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="619902"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="657190"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="37288"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="34103"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="264110"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="277190"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="13080"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="15857"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-2777"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-2.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="189453"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="191681"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="2228"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="6754"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-4526"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-4.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="247836"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="253957"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="6121"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="9599"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-3478"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-2.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="330099"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="341260"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="11161"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="12579"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-1418"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="2315553"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="2405736"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="90183"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="95887"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-5704"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="257572"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="261992"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="4420"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="8740"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-4320"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-3.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="140961"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="145825"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="4864"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="6173"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-1309"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-1.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="222825"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="228399"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="5574"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="7776"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-2202"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="653167"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="688212"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="35045"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="30249"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="4796"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="266977"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="282214"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="15237"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="15089"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="189874"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="193491"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="3617"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="6581"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-2964"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-3.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="249742"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="257113"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="7371"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="9060"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-1689"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="-1.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="334435"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="348490"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C03"/>
+    <s v="Change in population since previous census"/>
+    <s v="Number"/>
+    <n v="14055"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C04"/>
+    <s v="Natural increase"/>
+    <s v="Number"/>
+    <n v="12219"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C05"/>
+    <s v="Estimated net migration"/>
+    <s v="Number"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C06"/>
+    <s v="Average annual rates per 1,000 - Increase in population"/>
+    <s v="Number"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C07"/>
+    <s v="Average annual rates per 1,000 - Natural increase"/>
+    <s v="Number"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP004C08"/>
+    <s v="Average annual rates per 1,000 - Estimated net migration"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+</pivotCacheRecords>
 </file>