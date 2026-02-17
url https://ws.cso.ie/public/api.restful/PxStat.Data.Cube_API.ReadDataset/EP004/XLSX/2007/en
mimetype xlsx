--- v1 (2025-12-23)
+++ v2 (2026-02-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cabed1c06f34f89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/417178e0060e445fb7218e901be3125b.psmdcp" Id="R08d5c795b56e4499" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re94891d5e16342c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e71ee93083fe4f4ba31d44ae8fdcb99f.psmdcp" Id="R56a2a6c5fe1d4ca1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>