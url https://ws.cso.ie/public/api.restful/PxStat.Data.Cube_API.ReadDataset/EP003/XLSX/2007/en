--- v0 (2025-10-06)
+++ v1 (2025-12-10)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf369636513f44d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8d074ddb901645659fd2b180b1422bf7.psmdcp" Id="Ref1c516614e046d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd09c5d1e98846b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d460d868cbf74885ba2e898509cc9e22.psmdcp" Id="R5c90893c22b1446e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EP003</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Preliminary Population per Member of Dáil Éireann and Percentage Change 2011-2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/9/2020 11:00:00 AM</x:t>
+    <x:t>09/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EP003/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016SR1</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2016 Summary Results Part 1</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -631,507 +631,194 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...455 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02696V03264" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="41">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+      </items>
+    </pivotField>
+    <pivotField name="Constituency" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="41">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H247" totalsRowShown="0">
   <x:autoFilter ref="A1:H247"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02696V03264"/>
     <x:tableColumn id="2" name="Constituency"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1400,51 +1087,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EP003/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1631,51 +1318,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H247"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="20.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="31.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -8085,51 +7772,51 @@
       <x:c r="E247" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H247" s="0">
         <x:v>30114</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8146,51 +7833,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H247" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02696V03264">
       <x:sharedItems count="41">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="101"/>
         <x:s v="11"/>
         <x:s v="151"/>
         <x:s v="171"/>
         <x:s v="131"/>
         <x:s v="12"/>
         <x:s v="16"/>
         <x:s v="211"/>
         <x:s v="18"/>
         <x:s v="20"/>
         <x:s v="21"/>
         <x:s v="22"/>
         <x:s v="23"/>
@@ -8481,27 +8168,2488 @@
         <x:n v="29919"/>
         <x:n v="113795"/>
         <x:n v="116401"/>
         <x:n v="2.3"/>
         <x:n v="28449"/>
         <x:n v="145320"/>
         <x:n v="149605"/>
         <x:n v="29064"/>
         <x:n v="29921"/>
         <x:n v="141012"/>
         <x:n v="146833"/>
         <x:n v="28202"/>
         <x:n v="29367"/>
         <x:n v="4588252"/>
         <x:n v="4757976"/>
         <x:n v="158"/>
         <x:n v="29040"/>
         <x:n v="30114"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="145659"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="151492"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29132"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="30298"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="120483"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="124289"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="30121"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="31072"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="111336"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="112702"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="27834"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="28176"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="114365"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="121269"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28591"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="30317"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="117165"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="124699"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29291"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="31175"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="86593"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="89187"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28864"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="29729"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="117957"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="122013"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29489"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="30503"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="82952"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="85028"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="27651"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="28343"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="152358"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="150342"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="-1.3"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="30472"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="30068"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="146512"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="152830"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29302"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="30566"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="Dublin Bay North"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="116396"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="Dublin Bay North"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="120562"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="Dublin Bay North"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="Dublin Bay North"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="Dublin Bay North"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29099"/>
+  </r>
+  <r>
+    <s v="151"/>
+    <s v="Dublin Bay North"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="30141"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Dublin Bay South"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="89030"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Dublin Bay South"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="96048"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Dublin Bay South"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Dublin Bay South"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Dublin Bay South"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29677"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Dublin Bay South"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="32016"/>
+  </r>
+  <r>
+    <s v="131"/>
+    <s v="Dublin Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="141162"/>
+  </r>
+  <r>
+    <s v="131"/>
+    <s v="Dublin Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="151758"/>
+  </r>
+  <r>
+    <s v="131"/>
+    <s v="Dublin Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="131"/>
+    <s v="Dublin Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="131"/>
+    <s v="Dublin Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28232"/>
+  </r>
+  <r>
+    <s v="131"/>
+    <s v="Dublin Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="30352"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="110427"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="117588"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="27607"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Dublin Mid-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="29397"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="90534"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="96898"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="30178"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="32299"/>
+  </r>
+  <r>
+    <s v="211"/>
+    <s v="Dublin Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="87470"/>
+  </r>
+  <r>
+    <s v="211"/>
+    <s v="Dublin Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="94125"/>
+  </r>
+  <r>
+    <s v="211"/>
+    <s v="Dublin Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="211"/>
+    <s v="Dublin Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="211"/>
+    <s v="Dublin Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29157"/>
+  </r>
+  <r>
+    <s v="211"/>
+    <s v="Dublin Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="31375"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="114660"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="119121"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28665"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="29780"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="144908"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="150816"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28982"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="30163"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="113179"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="122507"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28295"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="30627"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="118791"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="123149"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29698"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="30787"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="89564"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="93604"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29855"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="31201"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="150874"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="154816"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="30175"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="30963"/>
+  </r>
+  <r>
+    <s v="251"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="145502"/>
+  </r>
+  <r>
+    <s v="251"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="147554"/>
+  </r>
+  <r>
+    <s v="251"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="251"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="251"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29100"/>
+  </r>
+  <r>
+    <s v="251"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="29511"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="115350"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="122248"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28838"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="30562"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="87776"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="91989"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29259"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="30663"/>
+  </r>
+  <r>
+    <s v="291"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="87745"/>
+  </r>
+  <r>
+    <s v="291"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="92625"/>
+  </r>
+  <r>
+    <s v="291"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="291"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="291"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29248"/>
+  </r>
+  <r>
+    <s v="291"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="30875"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="113835"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="117352"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28459"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="29338"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="83834"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="83748"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="27945"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="27916"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="116802"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="120533"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29201"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Longford-Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="30133"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="143272"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="150481"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28654"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="30096"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="120332"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="120092"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="30083"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="30023"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="86572"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="91151"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28857"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Meath East"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="30384"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="85550"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="90358"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28517"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Meath West"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="30119"/>
+  </r>
+  <r>
+    <s v="362"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="87640"/>
+  </r>
+  <r>
+    <s v="362"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="88851"/>
+  </r>
+  <r>
+    <s v="362"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="362"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="362"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29213"/>
+  </r>
+  <r>
+    <s v="362"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="29617"/>
+  </r>
+  <r>
+    <s v="371"/>
+    <s v="Roscommon - Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="84586"/>
+  </r>
+  <r>
+    <s v="371"/>
+    <s v="Roscommon - Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="84901"/>
+  </r>
+  <r>
+    <s v="371"/>
+    <s v="Roscommon - Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="371"/>
+    <s v="Roscommon - Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="371"/>
+    <s v="Roscommon - Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28195"/>
+  </r>
+  <r>
+    <s v="371"/>
+    <s v="Roscommon - Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="28300"/>
+  </r>
+  <r>
+    <s v="381"/>
+    <s v="Sligo-Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="119153"/>
+  </r>
+  <r>
+    <s v="381"/>
+    <s v="Sligo-Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="118818"/>
+  </r>
+  <r>
+    <s v="381"/>
+    <s v="Sligo-Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="381"/>
+    <s v="Sligo-Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="381"/>
+    <s v="Sligo-Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29788"/>
+  </r>
+  <r>
+    <s v="381"/>
+    <s v="Sligo-Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="29705"/>
+  </r>
+  <r>
+    <s v="401"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="147801"/>
+  </r>
+  <r>
+    <s v="401"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="149593"/>
+  </r>
+  <r>
+    <s v="401"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="401"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="401"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29560"/>
+  </r>
+  <r>
+    <s v="401"/>
+    <s v="Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="29919"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="113795"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="116401"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28449"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="29100"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="145320"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="149605"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29064"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="29921"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="141012"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="146833"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="28202"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="29367"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="4588252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="4757976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C03"/>
+    <s v="Percentage change 2011-2016"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C04"/>
+    <s v="Dáil member in each Constituency"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C05"/>
+    <s v="Population per Dáil member 2011"/>
+    <s v="Number"/>
+    <n v="29040"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP003C06"/>
+    <s v="Population per Dáil member 2016"/>
+    <s v="Number"/>
+    <n v="30114"/>
+  </r>
+</pivotCacheRecords>
 </file>