--- v1 (2025-12-10)
+++ v2 (2026-02-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd09c5d1e98846b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d460d868cbf74885ba2e898509cc9e22.psmdcp" Id="R5c90893c22b1446e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ff1708257c94f8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/026b7e0cd4dd4d75b3e06cbec9e48d1d.psmdcp" Id="Rdd29774c4aee41e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>