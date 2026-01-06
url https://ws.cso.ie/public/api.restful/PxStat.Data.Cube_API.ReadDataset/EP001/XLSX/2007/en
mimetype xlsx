--- v0 (2025-11-09)
+++ v1 (2026-01-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce97fda82aa34fc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a0dc5224f254f2487a7c3135d25cf93.psmdcp" Id="R9c07f2aa200a48c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68f901252d274173" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34be624f15e148c58e700316f9177fa6.psmdcp" Id="R8b2ca397ade44902" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EP001</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Preliminary Actual and Percentage Change in Population 2011 - 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/9/2020 11:00:00 AM</x:t>
+    <x:t>09/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Figures in the above table for 2016 are preliminary figures only.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EP001/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016SR1</x:t>
   </x:si>
   <x:si>
     <x:t>Census 2016 Summary Results Part 1</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -661,555 +661,212 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...503 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J529" totalsRowShown="0">
   <x:autoFilter ref="A1:J529"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1480,51 +1137,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EP001/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1713,51 +1370,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J529"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="37.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -18675,51 +18332,51 @@
       <x:c r="G529" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I529" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J529" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -18736,51 +18393,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J529" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
@@ -19351,27 +19008,6364 @@
         <x:n v="33053"/>
         <x:n v="95"/>
         <x:n v="0.3"/>
         <x:n v="146826"/>
         <x:n v="148078"/>
         <x:n v="1252"/>
         <x:n v="0.9"/>
         <x:n v="36170"/>
         <x:n v="37737"/>
         <x:n v="1567"/>
         <x:n v="4.3"/>
         <x:n v="80614"/>
         <x:n v="79897"/>
         <x:n v="-717"/>
         <x:n v="-0.9"/>
         <x:n v="30042"/>
         <x:n v="30444"/>
         <x:n v="402"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="4588252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="4757976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="169724"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="2504814"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="2630720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="125906"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="54612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="56875"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="1273069"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="1345402"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="72333"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="527612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="553165"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="25553"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="206261"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="217274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="11013"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="273991"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="296214"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="22223"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="265205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="278749"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="13544"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="210312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="222130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="11818"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="95419"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="99118"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3699"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="80559"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="84732"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4173"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="39000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="40810"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="122897"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="128375"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5478"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="184135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="194942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="10807"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="76687"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="78003"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="86164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="88396"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="145320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="149605"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="136640"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="142332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5692"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="1246088"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="1280394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="34306"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="117196"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="118627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="519032"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="542196"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="23164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="119230"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="125622"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6392"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="399802"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="416574"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="16772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="145502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="147554"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="191809"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="195175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3366"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="57106"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="58319"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="134703"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="136856"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="70322"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="71370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="88432"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="89071"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="113795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="116401"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2606"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="46732"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="48369"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="67063"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="68032"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="542547"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="550742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="8195"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="250653"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="258552"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="75529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="79504"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3975"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="175124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="179048"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3924"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="31798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="31972"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="130638"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="130425"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="64065"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="64436"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="65393"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="65357"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-36"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="294803"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="296120"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="73183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="76092"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="161137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="158755"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-2382"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-1.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="60483"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="61273"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="2272699"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="2352240"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="79541"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="1233352"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="1295533"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="62181"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="27431"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="28472"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="619902"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="657190"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="37288"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="257303"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="271436"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="14133"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="98567"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="104270"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5703"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="134488"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="145209"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="10721"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="129544"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="136275"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6731"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="104658"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="110340"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5682"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="47788"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="49479"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="40587"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="42808"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="19649"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="20515"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="60763"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="63454"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2691"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="91910"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="96714"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4804"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="38430"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="38896"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="42783"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="43897"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="71909"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="73632"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="67542"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="70136"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="620260"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="635315"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="15055"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="58298"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="58721"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="257470"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="268221"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="10751"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="58812"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="61677"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2865"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="198658"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="206544"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="7886"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="72629"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="73039"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="95815"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="97377"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="27947"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="28639"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="67868"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="68738"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="35340"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="35583"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="44244"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="44595"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="56464"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="57779"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="22921"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="23850"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="33543"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="33929"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="271110"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="273350"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="124758"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="127819"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3061"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="36514"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="38207"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="88244"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="89612"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="16144"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="16032"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-112"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-0.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="65420"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="64879"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-541"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="32353"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="32316"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-37"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="32435"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="32304"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-131"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="147977"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="148042"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="37013"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="38355"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="80523"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="78858"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-1665"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-2.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="30441"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="30829"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="2315553"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="2405736"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="90183"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="1271462"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="1335187"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="63725"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="27181"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="28403"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="653167"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="688212"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="35045"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="270309"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="281729"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="11420"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="107694"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="113004"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5310"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="139503"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="151005"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="11502"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="135661"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="142474"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6813"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="105654"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="111790"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6136"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="47631"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="49639"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="39972"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="41924"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="19351"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="20295"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="62134"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="64921"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2787"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="92225"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="98228"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="6003"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="38257"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="39107"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="43381"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="44499"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="73411"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="75973"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2562"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="69098"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="72196"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3098"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="625828"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="645079"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="19251"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="58898"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="59906"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="261562"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="273975"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="12413"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="60418"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="63945"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="3527"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="201144"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="210030"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="8886"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="72873"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="74515"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="95994"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="97798"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="29159"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="29680"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="66835"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="68118"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="34982"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="35787"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="44188"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="44476"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="57331"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="58622"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="23811"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="24519"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="33520"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="34103"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="271437"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="277392"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="5955"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="125895"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="130733"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="4838"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="39015"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="41297"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2282"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="86880"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="89436"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="2556"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="15654"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="15940"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="65218"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="65546"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="31712"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="32120"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="32958"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="33053"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="146826"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="148078"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="36170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="37737"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="80614"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="79897"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="-717"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="-0.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C01"/>
+    <s v="Population 2011"/>
+    <s v="Number"/>
+    <n v="30042"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C02"/>
+    <s v="Population 2016"/>
+    <s v="Number"/>
+    <n v="30444"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C03"/>
+    <s v="Actual change since previous census"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EP001C04"/>
+    <s v="Percentage change since previous census"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+</pivotCacheRecords>
 </file>