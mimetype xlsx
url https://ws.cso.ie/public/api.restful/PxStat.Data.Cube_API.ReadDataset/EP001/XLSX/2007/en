--- v1 (2026-01-06)
+++ v2 (2026-03-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68f901252d274173" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34be624f15e148c58e700316f9177fa6.psmdcp" Id="R8b2ca397ade44902" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e031c9f9ef24bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6ce9c512ca21490e9b8889c4047d4747.psmdcp" Id="Rb856a6ae4991430d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>