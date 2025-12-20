--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R492ea2751e1e428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de93cd2b22434072a8f63a020d9e4d72.psmdcp" Id="R1df5992798e944a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf47cab329b964641" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8e22e2ee3e3546adb1513436ef6d6ec9.psmdcp" Id="R79dfe91c095a4ad2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EINO07</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Mean and Median Weekly Earnings </x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2/6/2025 11:00:00 AM</x:t>
+    <x:t>06/02/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EINO07/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EINO</x:t>
   </x:si>
   <x:si>
     <x:t>Employment and Earnings Insights by Nationality of Enterprise Ownership</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Eimear Heffernan</x:t>
   </x:si>
@@ -478,331 +478,156 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04358V05139" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality of Employee" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03366V04061" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality of Ownership" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J521" totalsRowShown="0">
   <x:autoFilter ref="A1:J521"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C04358V05139"/>
     <x:tableColumn id="6" name="Nationality of Employee"/>
     <x:tableColumn id="7" name="C03366V04061"/>
     <x:tableColumn id="8" name="Nationality of Ownership"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1073,51 +898,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EINO07/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1304,51 +1129,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J521"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="53.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="52.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -18010,51 +17835,51 @@
       <x:c r="G521" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I521" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J521" s="0">
         <x:v>699.28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -18071,51 +17896,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J521" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="EINO7C01"/>
         <x:s v="EINO7C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Mean Weekly Earnings "/>
         <x:s v="Median Weekly Earnings "/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="4">
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="4">
         <x:s v="2020"/>
@@ -18687,27 +18512,6268 @@
         <x:n v="638.77"/>
         <x:n v="625.47"/>
         <x:n v="616.52"/>
         <x:n v="425.75"/>
         <x:n v="498.36"/>
         <x:n v="562.63"/>
         <x:n v="538.26"/>
         <x:n v="450.29"/>
         <x:n v="593.42"/>
         <x:n v="684.39"/>
         <x:n v="815.03"/>
         <x:n v="781.19"/>
         <x:n v="641.38"/>
         <x:n v="654.41"/>
         <x:n v="789.07"/>
         <x:n v="906.74"/>
         <x:n v="878.35"/>
         <x:n v="699.28"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="448.98"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="585.77"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="704.66"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="684.36"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="533.15"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="646.57"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="908.25"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1123.66"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1087.65"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="855.79"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="755.26"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1141.55"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1317.33"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1284.07"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="904.35"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="734.64"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="999.94"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1113.61"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1090.13"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="815.66"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="770.96"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1028.25"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1222.21"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1181.01"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="933.8"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="639.09"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1022.52"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1189.19"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1158.03"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="901.09"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="502.29"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="578.82"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="616.02"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="604.81"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="532.53"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="650.88"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="865.85"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1136.07"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1085.46"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="812.29"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="528.6"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="629.46"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="724.65"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="698.88"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="583.52"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="560.43"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="588.1"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="745.75"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="710.62"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="595.27"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="584.08"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="941.89"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1234.27"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1203.29"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="841.21"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="622.59"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="816.03"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1036.3"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="990.43"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="748.86"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="713.71"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="946.12"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1091.15"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1061.12"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="801.41"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="514.83"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="678.45"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="795.58"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="776.6"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="610.44"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="644.69"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="888.7"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1178.19"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1125.82"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="854.15"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="774.02"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1189.14"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1354.57"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1323.21"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="932.34"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="743.81"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1026.13"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1148.49"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1123.23"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="831.08"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="789.59"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1015.47"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1235.03"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1189.53"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="947.2"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="661.08"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1103.59"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1263.62"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1235.07"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="943.02"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="536.94"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="609.94"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="655.45"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="641.68"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="567.09"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="670.48"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="913.34"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1173.25"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1125.46"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="838.05"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="562.74"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="650.25"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="763.93"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="733.94"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="618.08"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="603.3"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="626.54"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="767.69"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="735.76"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="635.28"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="598.73"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="925.63"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1373.59"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1317.2"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="906.11"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="652.75"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="858.63"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1083.44"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1037.43"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="785.11"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="726.1"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="976.44"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1129.05"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1097.63"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="820.95"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="511.1"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="616.98"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="780.09"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="751.69"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="591.8"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="674.87"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="851.07"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1189.52"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1124.92"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="858.91"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="810.95"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1187.7"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1433.62"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1387.01"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="974.4"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="777.82"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1051.88"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1221.12"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1186.2"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="871.69"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="833.58"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1030.05"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1324.33"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1269.29"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="1011.48"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="694.56"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1086.35"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1260.61"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1230.58"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="947.18"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="568.29"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="646.35"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="712.93"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="692.78"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="604.58"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="688.66"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="889.31"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1217.07"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1159.51"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="858.45"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="596.34"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="679.78"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="823.08"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="784.75"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="657.58"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="636.21"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="650.17"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="803.87"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="769.66"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="669.53"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="422.11"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="569.59"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="940.52"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="862.15"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="511.37"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="672.96"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="849.53"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1127.87"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1072.37"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="808.57"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="755.02"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="987.58"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1190.61"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1149.18"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="856.21"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="526.13"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="628.42"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="796.1"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="762.68"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="604.71"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="707.98"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="903.9"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1238.51"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1168.65"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="885.46"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="855.1"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1266.35"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1503.7"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1457.49"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="1020.65"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="816.87"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1112.41"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1301.76"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1262.63"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="915.74"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="858.65"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1017.76"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1346.53"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1280.48"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="1023.42"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="721.73"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1119.55"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1323.08"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1285.45"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="973.55"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="601.79"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="695.3"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="758.45"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="738.97"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="641.73"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="725.89"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="910.1"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1264.54"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1197.61"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="888.49"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="629.98"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="729.82"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="876.85"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="837.33"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="696.83"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="665.38"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="682.57"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="843.49"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="803.82"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="700.65"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="440.6"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="556.24"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="873.35"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="795.51"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="504.12"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="704.74"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="879.07"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1173.52"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1111.41"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="838.55"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="790.6"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1030.83"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1257.67"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1210.46"/>
+  </r>
+  <r>
+    <s v="EINO7C01"/>
+    <s v="Mean Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="895.51"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="402.67"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="455.48"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="507.02"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="500.65"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="435.41"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="508.14"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="716.75"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="808.8"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="793.04"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="617.37"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="592.39"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="857.84"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="938.34"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="920.78"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="662.33"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="615.54"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="790.74"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="820.04"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="813.01"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="653.35"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="717.87"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="930.12"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1056.99"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1022.79"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="825.28"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="513.38"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="771.07"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="858.95"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="836.97"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="641.49"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="477.55"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="539.36"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="543.5"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="542.44"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="496.49"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="516.67"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="631.98"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="770.15"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="735.57"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="582.29"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="497.47"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="569.2"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="604.2"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="592.54"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="527.92"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="511.64"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="512.41"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="558.38"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="550.07"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="521.05"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="533.86"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="673.46"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="759.78"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="754.26"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="578.12"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="515.18"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="623.44"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="716.65"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="692.18"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="565.62"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="590.7"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="730.62"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="787.4"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="773.67"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="629.46"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="474.81"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="547.59"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="566.33"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="563.11"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="500.85"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="513.71"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="702.81"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="816.58"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="798.59"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="597.31"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="608.44"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="882.7"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="948.78"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="935.54"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="679.92"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="624.24"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="812.01"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="834.92"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="829.5"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="663.56"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="746.23"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="888.46"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1038.27"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1003.11"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="823.55"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="540.74"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="832.43"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="877.37"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="868.59"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="673.08"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="510.71"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="552.24"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="564.83"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="560.19"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="525.48"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="541.59"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="655.28"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="775.63"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="750.65"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="601.72"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="531.73"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="584.05"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="633.26"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="619.06"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="558.17"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="552.43"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="543.21"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="573.61"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="566.99"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="556.51"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="551.89"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="612.83"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="821.89"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="802.31"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="603.82"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="547.98"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="648.33"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="741.19"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="720.2"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="595.51"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="603.83"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="753.53"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="803.29"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="791.9"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="644.55"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="471.33"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="518.08"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="564.85"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="556.63"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="498.4"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="549.7"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="645.39"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="839.34"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="795.75"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="605.66"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="634.62"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="892.47"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1011.88"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="981.92"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="710.32"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="651.56"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="824.24"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="880.92"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="692.88"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="782.05"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="897.61"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1134.53"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1080.63"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="873.38"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="576.92"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="795.27"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="911.39"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="885.69"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="682.84"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="542.45"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="592.74"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="614.45"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="605.84"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="561.76"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="562.25"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="656.5"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="828.51"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="792.93"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="623.49"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="565.21"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="618.52"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="680.85"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="662.14"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="593.88"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="584.38"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="563.81"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="608.84"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="598.8"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="588.36"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="392.4"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="468.89"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="569.22"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="535.25"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="420.88"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="569.44"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="660.42"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="789.57"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="758.48"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="626.23"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="759.2"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="858.6"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="834.32"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="670.9"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="486.05"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="540.99"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="580.14"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="572.13"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="514.15"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="585.81"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="677.34"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="855.95"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="812.1"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="629.82"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="942.84"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1070.01"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1038.3"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="GB"/>
+    <s v="United Kingdom of Great Britain and Northern Ireland (the)"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="745.71"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="682.5"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="873.46"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="963.28"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="942.31"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="728.03"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="792.59"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="879.97"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="1166.85"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="1096.05"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="883.74"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="598.79"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="814.9"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="938.98"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="911.91"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="701.81"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="575.52"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="630.32"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="650.69"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="643.9"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="594.21"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="587.03"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="677.68"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="845.92"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="805.75"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="OTHC2"/>
+    <s v="Other countries (2)"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="646.92"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="596.26"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="659.15"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="719.13"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="701.51"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="627.92"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="612.99"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="588.74"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="638.77"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="625.47"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="616.52"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="425.75"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="498.36"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="562.63"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="538.26"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="450.29"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="593.42"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="684.39"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="815.03"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="781.19"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="641.38"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="1"/>
+    <s v="Irish-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="654.41"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2"/>
+    <s v="Foreign-owned affiliates owned by EU multinationals"/>
+    <s v="Euro"/>
+    <n v="789.07"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="3"/>
+    <s v="Foreign-owned affiliates owned by non-EU multinationals"/>
+    <s v="Euro"/>
+    <n v="906.74"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="4"/>
+    <s v="All foreign-owned affiliates"/>
+    <s v="Euro"/>
+    <n v="878.35"/>
+  </r>
+  <r>
+    <s v="EINO7C02"/>
+    <s v="Median Weekly Earnings "/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="-"/>
+    <s v="All enterprises"/>
+    <s v="Euro"/>
+    <n v="699.28"/>
+  </r>
+</pivotCacheRecords>
 </file>