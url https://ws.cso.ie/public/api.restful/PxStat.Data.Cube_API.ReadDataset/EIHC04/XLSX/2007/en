--- v0 (2025-11-04)
+++ v1 (2026-01-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68cbd4c15b04f70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dedd7b5d747b415c80b27ced8d411ef8.psmdcp" Id="Red24e9eb4f004322" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re54e3220b2a6425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fea01593761d45d8b1fe822aefe63308.psmdcp" Id="Reffa13e0e47e4f87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EIHC04</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Estimated Inflation by Age of Household Reference Person</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/18/2023 11:00:00 AM</x:t>
+    <x:t>18/12/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EIHC04/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EIHC</x:t>
   </x:si>
   <x:si>
     <x:t>Estimated Inflation by Household Characteristics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Joseph Keating</x:t>
   </x:si>
@@ -698,50 +698,53 @@
   <x:si>
     <x:t>2023M08</x:t>
   </x:si>
   <x:si>
     <x:t>2023 August</x:t>
   </x:si>
   <x:si>
     <x:t>2023M09</x:t>
   </x:si>
   <x:si>
     <x:t>2023 September</x:t>
   </x:si>
   <x:si>
     <x:t>EIHC04C02</x:t>
   </x:si>
   <x:si>
     <x:t>Difference from overall Consumer Price Index since December 2016</x:t>
   </x:si>
   <x:si>
     <x:t>EIHC04C03</x:t>
   </x:si>
   <x:si>
     <x:t>Percentage change over 12 months for Consumer Price Index</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>EIHC04C04</x:t>
   </x:si>
   <x:si>
     <x:t>Difference from overall Consumer Price Index in last 12 months</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -883,843 +886,278 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...791 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="82">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="82">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age of Household Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1313" totalsRowShown="0">
   <x:autoFilter ref="A1:H1313"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(M1)"/>
     <x:tableColumn id="4" name="Month"/>
     <x:tableColumn id="5" name="C02076V03371"/>
     <x:tableColumn id="6" name="Age of Household Reference Person"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1988,51 +1426,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EIHC04/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2219,51 +1657,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1313"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="60.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="15.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="35.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -19343,1131 +18781,1275 @@
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E658" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F658" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H658" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E659" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F659" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H659" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E660" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F660" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H660" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D661" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E661" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H661" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E662" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F662" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G662" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H662" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E663" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F663" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H663" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D664" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E664" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H664" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E665" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F665" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H665" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E666" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F666" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H666" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H667" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H668" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H669" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H670" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E671" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H671" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E672" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H672" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H673" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D674" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E674" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F674" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G674" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H674" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C675" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D675" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E675" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F675" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H675" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C676" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D676" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E676" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F676" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G676" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H676" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C677" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D677" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E677" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F677" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H677" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C678" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D678" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E678" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F678" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G678" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H678" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C679" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D679" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E679" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F679" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H679" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C680" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D680" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E680" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F680" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G680" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H680" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C681" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D681" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E681" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F681" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H681" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C682" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D682" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E682" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F682" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G682" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H682" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C683" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D683" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E683" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F683" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H683" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C684" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D684" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E684" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F684" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G684" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H684" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C685" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D685" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E685" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F685" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H685" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C686" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D686" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E686" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F686" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G686" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H686" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C687" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D687" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E687" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F687" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H687" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C688" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D688" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E688" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F688" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G688" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H688" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C689" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D689" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E689" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F689" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H689" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C690" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D690" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E690" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F690" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G690" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H690" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C691" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D691" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E691" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F691" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H691" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C692" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D692" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E692" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F692" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G692" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H692" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C693" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D693" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E693" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F693" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H693" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C694" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D694" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E694" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F694" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G694" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H694" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C695" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D695" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E695" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F695" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H695" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C696" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D696" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E696" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F696" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G696" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H696" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C697" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D697" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E697" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F697" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H697" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C698" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D698" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E698" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F698" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G698" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H698" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C699" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D699" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E699" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F699" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H699" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C700" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D700" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E700" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F700" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G700" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H700" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C701" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D701" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E701" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F701" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H701" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C702" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D702" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E702" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F702" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G702" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H702" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C703" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D703" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E703" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F703" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H703" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C704" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D704" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E704" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F704" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G704" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H704" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C705" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D705" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E705" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F705" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G705" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H705" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C706" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D706" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E706" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F706" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G706" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H706" s="0">
         <x:v>0.4</x:v>
@@ -27707,8445 +27289,8589 @@
       </x:c>
       <x:c r="B985" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C985" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="D985" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="E985" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F985" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G985" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H985" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:8">
       <x:c r="A986" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B986" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C986" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D986" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E986" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F986" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G986" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H986" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="987" spans="1:8">
       <x:c r="A987" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B987" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C987" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D987" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E987" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F987" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G987" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H987" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="988" spans="1:8">
       <x:c r="A988" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B988" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C988" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D988" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E988" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F988" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G988" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H988" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="989" spans="1:8">
       <x:c r="A989" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B989" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C989" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D989" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E989" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F989" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G989" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H989" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="990" spans="1:8">
       <x:c r="A990" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B990" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C990" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D990" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E990" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F990" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G990" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H990" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="991" spans="1:8">
       <x:c r="A991" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B991" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C991" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D991" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E991" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F991" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G991" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H991" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="992" spans="1:8">
       <x:c r="A992" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B992" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C992" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D992" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E992" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F992" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G992" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H992" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="993" spans="1:8">
       <x:c r="A993" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B993" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C993" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D993" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E993" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F993" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G993" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H993" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="994" spans="1:8">
       <x:c r="A994" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B994" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C994" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D994" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E994" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F994" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G994" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H994" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="995" spans="1:8">
       <x:c r="A995" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B995" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C995" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D995" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E995" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F995" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G995" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H995" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="996" spans="1:8">
       <x:c r="A996" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B996" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C996" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D996" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E996" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F996" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G996" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H996" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="997" spans="1:8">
       <x:c r="A997" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B997" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C997" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D997" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E997" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F997" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G997" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H997" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="998" spans="1:8">
       <x:c r="A998" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B998" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C998" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D998" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E998" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F998" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G998" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H998" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="999" spans="1:8">
       <x:c r="A999" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B999" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C999" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D999" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E999" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F999" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G999" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H999" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1000" spans="1:8">
       <x:c r="A1000" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1000" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1000" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D1000" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E1000" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1000" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1000" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1000" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1001" spans="1:8">
       <x:c r="A1001" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1001" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1001" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D1001" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E1001" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1001" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1001" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1001" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1002" spans="1:8">
       <x:c r="A1002" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1002" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1002" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D1002" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E1002" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1002" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1002" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1002" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1003" spans="1:8">
       <x:c r="A1003" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1003" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1003" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D1003" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E1003" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1003" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1003" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1003" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1004" spans="1:8">
       <x:c r="A1004" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1004" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1004" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D1004" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E1004" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1004" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1004" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1004" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1005" spans="1:8">
       <x:c r="A1005" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1005" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1005" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D1005" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E1005" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1005" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1005" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1005" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1006" spans="1:8">
       <x:c r="A1006" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1006" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1006" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D1006" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E1006" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1006" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1006" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1006" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1007" spans="1:8">
       <x:c r="A1007" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1007" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1007" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D1007" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E1007" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1007" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1007" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1007" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1008" spans="1:8">
       <x:c r="A1008" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1008" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1008" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D1008" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E1008" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1008" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1008" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1008" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1009" spans="1:8">
       <x:c r="A1009" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1009" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1009" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D1009" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E1009" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1009" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1009" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1009" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1010" spans="1:8">
       <x:c r="A1010" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1010" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1010" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D1010" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E1010" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1010" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1010" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1010" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1011" spans="1:8">
       <x:c r="A1011" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1011" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1011" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D1011" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E1011" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1011" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1011" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1011" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1012" spans="1:8">
       <x:c r="A1012" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1012" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1012" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D1012" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E1012" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1012" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1012" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1012" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1013" spans="1:8">
       <x:c r="A1013" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1013" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1013" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D1013" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E1013" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1013" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1013" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1013" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1014" spans="1:8">
       <x:c r="A1014" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1014" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1014" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D1014" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E1014" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1014" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1014" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1014" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1015" spans="1:8">
       <x:c r="A1015" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1015" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1015" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D1015" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E1015" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1015" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1015" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1015" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1016" spans="1:8">
       <x:c r="A1016" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1016" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1016" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D1016" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E1016" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1016" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1016" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1016" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1017" spans="1:8">
       <x:c r="A1017" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1017" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1017" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D1017" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E1017" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1017" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1017" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1017" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1018" spans="1:8">
       <x:c r="A1018" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1018" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1018" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D1018" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E1018" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1018" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1018" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1018" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1019" spans="1:8">
       <x:c r="A1019" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1019" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1019" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D1019" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E1019" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1019" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1019" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1019" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1020" spans="1:8">
       <x:c r="A1020" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1020" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1020" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D1020" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E1020" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1020" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1020" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1020" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1021" spans="1:8">
       <x:c r="A1021" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1021" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1021" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D1021" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E1021" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1021" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1021" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1021" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1022" spans="1:8">
       <x:c r="A1022" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1022" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1022" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D1022" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E1022" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1022" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1022" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1022" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1023" spans="1:8">
       <x:c r="A1023" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1023" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1023" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D1023" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E1023" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1023" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1023" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1023" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1024" spans="1:8">
       <x:c r="A1024" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1024" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1024" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D1024" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E1024" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1024" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1024" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1024" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1025" spans="1:8">
       <x:c r="A1025" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1025" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1025" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D1025" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E1025" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1025" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1025" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1025" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1026" spans="1:8">
       <x:c r="A1026" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1026" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1026" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D1026" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E1026" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1026" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1026" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1026" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1027" spans="1:8">
       <x:c r="A1027" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1027" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1027" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D1027" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E1027" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1027" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1027" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1027" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1028" spans="1:8">
       <x:c r="A1028" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1028" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1028" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D1028" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E1028" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1028" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1028" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1028" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1029" spans="1:8">
       <x:c r="A1029" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1029" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1029" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D1029" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E1029" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1029" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1029" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1029" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1030" spans="1:8">
       <x:c r="A1030" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1030" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1030" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D1030" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E1030" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1030" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1030" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1030" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1031" spans="1:8">
       <x:c r="A1031" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1031" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1031" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D1031" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E1031" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1031" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1031" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1031" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1032" spans="1:8">
       <x:c r="A1032" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1032" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1032" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D1032" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E1032" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1032" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1032" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1032" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1033" spans="1:8">
       <x:c r="A1033" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1033" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1033" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D1033" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E1033" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1033" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1033" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1033" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
     </x:row>
     <x:row r="1034" spans="1:8">
       <x:c r="A1034" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1034" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1034" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D1034" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E1034" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1034" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1034" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1034" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:8">
       <x:c r="A1035" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1035" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1035" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D1035" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E1035" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1035" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1035" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1035" s="0">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:8">
       <x:c r="A1036" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1036" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1036" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D1036" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E1036" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1036" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1036" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1036" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:8">
       <x:c r="A1037" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1037" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1037" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D1037" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E1037" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1037" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1037" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1037" s="0">
         <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:8">
       <x:c r="A1038" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1038" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1038" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D1038" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E1038" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1038" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1038" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1038" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:8">
       <x:c r="A1039" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1039" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1039" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D1039" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E1039" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1039" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1039" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1039" s="0">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:8">
       <x:c r="A1040" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1040" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1040" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D1040" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E1040" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1040" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1040" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1040" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:8">
       <x:c r="A1041" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1041" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1041" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D1041" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E1041" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1041" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1041" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1041" s="0">
         <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:8">
       <x:c r="A1042" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1042" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1042" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D1042" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E1042" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1042" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1042" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1042" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:8">
       <x:c r="A1043" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1043" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1043" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D1043" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E1043" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1043" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1043" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1043" s="0">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:8">
       <x:c r="A1044" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1044" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1044" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D1044" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E1044" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1044" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1044" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1044" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:8">
       <x:c r="A1045" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1045" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1045" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D1045" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E1045" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1045" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1045" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1045" s="0">
         <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:8">
       <x:c r="A1046" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1046" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1046" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D1046" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E1046" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1046" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1046" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1046" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:8">
       <x:c r="A1047" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1047" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1047" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D1047" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E1047" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1047" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1047" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1047" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:8">
       <x:c r="A1048" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1048" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1048" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D1048" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E1048" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1048" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1048" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1048" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:8">
       <x:c r="A1049" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1049" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1049" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D1049" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E1049" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1049" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1049" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1049" s="0">
         <x:v>-0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:8">
       <x:c r="A1050" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1050" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1050" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D1050" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E1050" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1050" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1050" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1050" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:8">
       <x:c r="A1051" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1051" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1051" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D1051" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E1051" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1051" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1051" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1051" s="0">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:8">
       <x:c r="A1052" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1052" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1052" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D1052" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E1052" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1052" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1052" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1052" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:8">
       <x:c r="A1053" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1053" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1053" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D1053" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E1053" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1053" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1053" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1053" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:8">
       <x:c r="A1054" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1054" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1054" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D1054" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E1054" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1054" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1054" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1054" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:8">
       <x:c r="A1055" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1055" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1055" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D1055" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E1055" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1055" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1055" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1055" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:8">
       <x:c r="A1056" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1056" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1056" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D1056" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E1056" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1056" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1056" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1056" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:8">
       <x:c r="A1057" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1057" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1057" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D1057" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E1057" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1057" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1057" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1057" s="0">
         <x:v>-0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:8">
       <x:c r="A1058" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1058" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1058" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D1058" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E1058" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1058" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1058" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1058" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:8">
       <x:c r="A1059" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1059" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1059" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D1059" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E1059" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1059" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1059" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1059" s="0">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:8">
       <x:c r="A1060" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1060" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1060" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D1060" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E1060" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1060" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1060" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1060" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:8">
       <x:c r="A1061" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1061" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1061" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D1061" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E1061" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1061" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1061" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1061" s="0">
         <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:8">
       <x:c r="A1062" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1062" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1062" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D1062" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E1062" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1062" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1062" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1062" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:8">
       <x:c r="A1063" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1063" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1063" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D1063" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E1063" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1063" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1063" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1063" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:8">
       <x:c r="A1064" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1064" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1064" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D1064" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E1064" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1064" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1064" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1064" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:8">
       <x:c r="A1065" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1065" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1065" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D1065" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E1065" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1065" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1065" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1065" s="0">
         <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:8">
       <x:c r="A1066" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1066" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1066" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D1066" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E1066" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1066" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1066" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1066" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:8">
       <x:c r="A1067" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1067" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1067" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D1067" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E1067" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1067" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1067" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1067" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:8">
       <x:c r="A1068" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1068" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1068" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D1068" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E1068" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1068" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1068" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1068" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:8">
       <x:c r="A1069" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1069" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1069" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D1069" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E1069" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1069" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1069" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1069" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:8">
       <x:c r="A1070" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1070" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1070" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D1070" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E1070" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1070" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1070" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1070" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:8">
       <x:c r="A1071" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1071" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1071" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D1071" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E1071" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1071" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1071" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1071" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:8">
       <x:c r="A1072" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1072" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1072" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D1072" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E1072" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1072" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1072" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1072" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:8">
       <x:c r="A1073" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1073" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1073" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D1073" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E1073" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1073" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1073" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1073" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:8">
       <x:c r="A1074" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1074" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1074" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D1074" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E1074" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1074" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1074" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1074" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:8">
       <x:c r="A1075" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1075" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1075" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D1075" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E1075" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1075" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1075" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1075" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:8">
       <x:c r="A1076" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1076" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1076" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D1076" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E1076" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1076" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1076" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1076" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:8">
       <x:c r="A1077" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1077" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1077" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D1077" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E1077" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1077" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1077" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1077" s="0">
         <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:8">
       <x:c r="A1078" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1078" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1078" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D1078" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E1078" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1078" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1078" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1078" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:8">
       <x:c r="A1079" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1079" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1079" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D1079" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E1079" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1079" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1079" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1079" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:8">
       <x:c r="A1080" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1080" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1080" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D1080" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E1080" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1080" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1080" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1080" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:8">
       <x:c r="A1081" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1081" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1081" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D1081" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E1081" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1081" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1081" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1081" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:8">
       <x:c r="A1082" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1082" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1082" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D1082" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E1082" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1082" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1082" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1082" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:8">
       <x:c r="A1083" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1083" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1083" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D1083" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E1083" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1083" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1083" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1083" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:8">
       <x:c r="A1084" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1084" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1084" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D1084" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E1084" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1084" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1084" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1084" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:8">
       <x:c r="A1085" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1085" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1085" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D1085" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E1085" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1085" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1085" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1085" s="0">
         <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:8">
       <x:c r="A1086" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1086" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1086" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D1086" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E1086" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1086" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1086" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1086" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:8">
       <x:c r="A1087" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1087" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1087" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D1087" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E1087" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1087" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1087" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1087" s="0">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:8">
       <x:c r="A1088" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1088" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1088" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D1088" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E1088" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1088" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1088" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1088" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:8">
       <x:c r="A1089" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1089" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1089" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D1089" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E1089" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1089" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1089" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1089" s="0">
         <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:8">
       <x:c r="A1090" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1090" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1090" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D1090" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E1090" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1090" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1090" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1090" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:8">
       <x:c r="A1091" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1091" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1091" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D1091" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E1091" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1091" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1091" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1091" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:8">
       <x:c r="A1092" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1092" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1092" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D1092" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E1092" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1092" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1092" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1092" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:8">
       <x:c r="A1093" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1093" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1093" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D1093" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E1093" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1093" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1093" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1093" s="0">
         <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:8">
       <x:c r="A1094" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1094" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1094" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D1094" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E1094" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1094" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1094" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1094" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:8">
       <x:c r="A1095" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1095" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1095" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D1095" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E1095" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1095" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1095" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1095" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1096" spans="1:8">
       <x:c r="A1096" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1096" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1096" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D1096" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E1096" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1096" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1096" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1096" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:8">
       <x:c r="A1097" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1097" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1097" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D1097" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E1097" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1097" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1097" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1097" s="0">
         <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:8">
       <x:c r="A1098" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1098" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1098" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D1098" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E1098" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1098" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1098" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1098" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:8">
       <x:c r="A1099" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1099" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1099" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D1099" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E1099" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1099" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1099" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1099" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:8">
       <x:c r="A1100" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1100" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1100" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D1100" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E1100" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1100" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1100" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1100" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:8">
       <x:c r="A1101" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1101" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1101" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D1101" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E1101" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1101" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1101" s="0">
         <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:8">
       <x:c r="A1102" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1102" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1102" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D1102" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E1102" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1102" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1102" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:8">
       <x:c r="A1103" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1103" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1103" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D1103" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E1103" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1103" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1104" spans="1:8">
       <x:c r="A1104" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1104" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1104" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D1104" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E1104" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1104" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1104" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1104" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1105" spans="1:8">
       <x:c r="A1105" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1105" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1105" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D1105" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E1105" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1105" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1105" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1106" spans="1:8">
       <x:c r="A1106" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1106" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1106" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D1106" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E1106" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1106" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1106" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1106" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:8">
       <x:c r="A1107" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1107" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1107" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D1107" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E1107" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1107" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:8">
       <x:c r="A1108" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1108" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1108" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D1108" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E1108" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1108" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1108" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1108" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:8">
       <x:c r="A1109" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1109" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1109" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D1109" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E1109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1109" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1109" s="0">
         <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:8">
       <x:c r="A1110" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1110" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1110" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D1110" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E1110" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1110" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1110" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1110" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:8">
       <x:c r="A1111" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1111" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1111" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D1111" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E1111" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1111" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1111" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:8">
       <x:c r="A1112" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1112" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1112" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D1112" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E1112" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1112" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1112" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1112" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1113" spans="1:8">
       <x:c r="A1113" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1113" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1113" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D1113" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E1113" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1113" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1113" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:8">
       <x:c r="A1114" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1114" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1114" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D1114" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E1114" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1114" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1114" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1114" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:8">
       <x:c r="A1115" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1115" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1115" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D1115" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E1115" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1115" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1115" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:8">
       <x:c r="A1116" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1116" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1116" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D1116" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E1116" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1116" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1116" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1116" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:8">
       <x:c r="A1117" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1117" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1117" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D1117" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E1117" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1117" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1117" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:8">
       <x:c r="A1118" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1118" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1118" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D1118" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1118" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1118" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1118" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1118" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:8">
       <x:c r="A1119" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1119" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1119" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D1119" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1119" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1119" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:8">
       <x:c r="A1120" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1120" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1120" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D1120" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1120" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1120" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1120" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1120" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:8">
       <x:c r="A1121" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1121" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1121" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D1121" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1121" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1121" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1121" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1121" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:8">
       <x:c r="A1122" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1122" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1122" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1122" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1122" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:8">
       <x:c r="A1123" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1123" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1123" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1123" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1123" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:8">
       <x:c r="A1124" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1124" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1124" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1124" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1124" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1124" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:8">
       <x:c r="A1125" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1125" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1125" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1125" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1125" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1125" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1125" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:8">
       <x:c r="A1126" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1126" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1126" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D1126" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E1126" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1126" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1126" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1126" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:8">
       <x:c r="A1127" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1127" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1127" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D1127" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E1127" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1127" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:8">
       <x:c r="A1128" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1128" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1128" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D1128" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E1128" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1128" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1128" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1128" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:8">
       <x:c r="A1129" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1129" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1129" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D1129" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E1129" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1129" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1129" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:8">
       <x:c r="A1130" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1130" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1130" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D1130" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E1130" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1130" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1130" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1130" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:8">
       <x:c r="A1131" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1131" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1131" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D1131" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E1131" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1131" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1131" s="0">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:8">
       <x:c r="A1132" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1132" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1132" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D1132" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E1132" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1132" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1132" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1132" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:8">
       <x:c r="A1133" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1133" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1133" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D1133" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E1133" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1133" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1133" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:8">
       <x:c r="A1134" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1134" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1134" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D1134" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E1134" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1134" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1134" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:8">
       <x:c r="A1135" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1135" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1135" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D1135" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E1135" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1135" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:8">
       <x:c r="A1136" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1136" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1136" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D1136" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E1136" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1136" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1136" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1136" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:8">
       <x:c r="A1137" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1137" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1137" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D1137" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E1137" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1137" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1137" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:8">
       <x:c r="A1138" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1138" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1138" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D1138" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E1138" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1138" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1138" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1138" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:8">
       <x:c r="A1139" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1139" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1139" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D1139" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E1139" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1139" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1139" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:8">
       <x:c r="A1140" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1140" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1140" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D1140" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E1140" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1140" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1140" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1140" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:8">
       <x:c r="A1141" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1141" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1141" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D1141" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E1141" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1141" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1141" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1141" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:8">
       <x:c r="A1142" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1142" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1142" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D1142" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E1142" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1142" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1142" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1142" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1143" spans="1:8">
       <x:c r="A1143" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1143" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1143" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D1143" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E1143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1143" s="0">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1144" spans="1:8">
       <x:c r="A1144" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1144" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1144" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D1144" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E1144" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1144" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1144" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1144" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1145" spans="1:8">
       <x:c r="A1145" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1145" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1145" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D1145" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E1145" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1145" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1145" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1145" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1146" spans="1:8">
       <x:c r="A1146" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1146" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1146" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D1146" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E1146" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1146" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1146" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1146" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1147" spans="1:8">
       <x:c r="A1147" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1147" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1147" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D1147" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E1147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1147" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1147" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1148" spans="1:8">
       <x:c r="A1148" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1148" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1148" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D1148" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E1148" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1148" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1148" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1148" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1149" spans="1:8">
       <x:c r="A1149" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1149" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1149" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D1149" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E1149" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1149" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1149" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1149" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1150" spans="1:8">
       <x:c r="A1150" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1150" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1150" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D1150" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E1150" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1150" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1150" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1150" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1151" spans="1:8">
       <x:c r="A1151" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1151" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1151" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D1151" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E1151" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1151" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1151" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1151" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1152" spans="1:8">
       <x:c r="A1152" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1152" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1152" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D1152" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E1152" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1152" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1152" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1152" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1153" spans="1:8">
       <x:c r="A1153" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1153" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1153" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D1153" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E1153" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1153" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1153" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1153" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1154" spans="1:8">
       <x:c r="A1154" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1154" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1154" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D1154" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="E1154" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1154" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1154" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1154" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1155" spans="1:8">
       <x:c r="A1155" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1155" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1155" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D1155" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="E1155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1155" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1156" spans="1:8">
       <x:c r="A1156" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1156" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1156" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D1156" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="E1156" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1156" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1156" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1156" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1157" spans="1:8">
       <x:c r="A1157" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1157" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1157" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D1157" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="E1157" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1157" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1157" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:8">
       <x:c r="A1158" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1158" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1158" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="D1158" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="E1158" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1158" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1158" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1158" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:8">
       <x:c r="A1159" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1159" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1159" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="D1159" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="E1159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1159" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1160" spans="1:8">
       <x:c r="A1160" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1160" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1160" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="D1160" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="E1160" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1160" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1160" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1160" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:8">
       <x:c r="A1161" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1161" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1161" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="D1161" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="E1161" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1161" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1161" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1162" spans="1:8">
       <x:c r="A1162" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1162" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1162" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D1162" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="E1162" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1162" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1162" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1163" spans="1:8">
       <x:c r="A1163" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1163" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1163" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D1163" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="E1163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1163" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1164" spans="1:8">
       <x:c r="A1164" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1164" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1164" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D1164" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="E1164" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1164" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1164" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1164" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1165" spans="1:8">
       <x:c r="A1165" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1165" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1165" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D1165" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="E1165" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1165" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1165" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1166" spans="1:8">
       <x:c r="A1166" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1166" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1166" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D1166" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="E1166" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1166" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1166" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1166" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1167" spans="1:8">
       <x:c r="A1167" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1167" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1167" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D1167" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="E1167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1167" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1168" spans="1:8">
       <x:c r="A1168" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1168" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1168" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D1168" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="E1168" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1168" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1168" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1168" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1169" spans="1:8">
       <x:c r="A1169" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1169" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1169" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D1169" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="E1169" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1169" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1169" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1170" spans="1:8">
       <x:c r="A1170" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1170" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1170" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="D1170" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="E1170" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1170" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1170" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1170" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1171" spans="1:8">
       <x:c r="A1171" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1171" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1171" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="D1171" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="E1171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1171" s="0">
         <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1172" spans="1:8">
       <x:c r="A1172" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1172" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1172" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="D1172" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="E1172" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1172" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1172" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:8">
       <x:c r="A1173" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1173" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1173" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="D1173" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="E1173" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1173" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1173" s="0">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1174" spans="1:8">
       <x:c r="A1174" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1174" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1174" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D1174" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="E1174" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1174" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1174" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1174" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1175" spans="1:8">
       <x:c r="A1175" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1175" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1175" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D1175" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="E1175" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1175" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1175" s="0">
         <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1176" spans="1:8">
       <x:c r="A1176" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1176" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1176" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D1176" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="E1176" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1176" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1176" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1176" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1177" spans="1:8">
       <x:c r="A1177" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1177" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1177" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D1177" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="E1177" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1177" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1177" s="0">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1178" spans="1:8">
       <x:c r="A1178" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1178" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1178" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="D1178" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="E1178" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1178" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1178" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1178" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1179" spans="1:8">
       <x:c r="A1179" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1179" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1179" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="D1179" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="E1179" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1179" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1179" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1180" spans="1:8">
       <x:c r="A1180" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1180" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1180" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="D1180" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="E1180" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1180" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1180" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1180" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1181" spans="1:8">
       <x:c r="A1181" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1181" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1181" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="D1181" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="E1181" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1181" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1181" s="0">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1182" spans="1:8">
       <x:c r="A1182" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1182" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1182" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D1182" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="E1182" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1182" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1183" spans="1:8">
       <x:c r="A1183" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1183" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1183" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D1183" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="E1183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1183" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1184" spans="1:8">
       <x:c r="A1184" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1184" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1184" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D1184" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="E1184" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1184" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1184" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1184" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1185" spans="1:8">
       <x:c r="A1185" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1185" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1185" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D1185" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="E1185" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1185" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1185" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1186" spans="1:8">
       <x:c r="A1186" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1186" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1186" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D1186" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="E1186" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1186" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1186" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1186" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1187" spans="1:8">
       <x:c r="A1187" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1187" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1187" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D1187" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="E1187" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1187" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1187" s="0">
         <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1188" spans="1:8">
       <x:c r="A1188" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1188" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1188" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D1188" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="E1188" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1188" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1188" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1188" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1189" spans="1:8">
       <x:c r="A1189" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1189" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1189" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D1189" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="E1189" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1189" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1189" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1190" spans="1:8">
       <x:c r="A1190" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1190" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1190" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D1190" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="E1190" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1190" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1190" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1190" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1191" spans="1:8">
       <x:c r="A1191" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1191" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1191" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D1191" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="E1191" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1191" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1191" s="0">
         <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1192" spans="1:8">
       <x:c r="A1192" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1192" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1192" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D1192" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="E1192" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1192" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1192" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1192" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1193" spans="1:8">
       <x:c r="A1193" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1193" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1193" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D1193" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="E1193" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1193" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1193" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1194" spans="1:8">
       <x:c r="A1194" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1194" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1194" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="D1194" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="E1194" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1194" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1194" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1194" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1195" spans="1:8">
       <x:c r="A1195" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1195" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1195" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="D1195" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="E1195" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1195" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1195" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1196" spans="1:8">
       <x:c r="A1196" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1196" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1196" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="D1196" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="E1196" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1196" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1196" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1196" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1197" spans="1:8">
       <x:c r="A1197" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1197" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1197" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="D1197" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="E1197" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1197" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1197" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1198" spans="1:8">
       <x:c r="A1198" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1198" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1198" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="D1198" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E1198" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1198" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1198" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1198" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1199" spans="1:8">
       <x:c r="A1199" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1199" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1199" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="D1199" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E1199" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1199" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1200" spans="1:8">
       <x:c r="A1200" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1200" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1200" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="D1200" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E1200" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1200" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1200" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1200" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1201" spans="1:8">
       <x:c r="A1201" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1201" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1201" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="D1201" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E1201" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1201" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1201" s="0">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1202" spans="1:8">
       <x:c r="A1202" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1202" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1202" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D1202" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="E1202" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1202" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1202" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1203" spans="1:8">
       <x:c r="A1203" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1203" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1203" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D1203" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="E1203" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1203" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1203" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1204" spans="1:8">
       <x:c r="A1204" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1204" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1204" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D1204" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="E1204" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1204" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1204" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1204" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1205" spans="1:8">
       <x:c r="A1205" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1205" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1205" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D1205" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="E1205" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1205" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1205" s="0">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1206" spans="1:8">
       <x:c r="A1206" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1206" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1206" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="D1206" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="E1206" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1206" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1206" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1207" spans="1:8">
       <x:c r="A1207" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1207" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1207" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="D1207" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="E1207" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1207" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1207" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1208" spans="1:8">
       <x:c r="A1208" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1208" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1208" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="D1208" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="E1208" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1208" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1208" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1208" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1209" spans="1:8">
       <x:c r="A1209" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1209" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1209" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="D1209" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="E1209" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1209" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1209" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1209" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1210" spans="1:8">
       <x:c r="A1210" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1210" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1210" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="D1210" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="E1210" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1210" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1210" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1210" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1211" spans="1:8">
       <x:c r="A1211" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1211" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1211" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="D1211" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="E1211" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1211" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1211" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1212" spans="1:8">
       <x:c r="A1212" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1212" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1212" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="D1212" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="E1212" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1212" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1212" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1213" spans="1:8">
       <x:c r="A1213" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1213" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1213" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="D1213" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="E1213" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1213" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1213" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1214" spans="1:8">
       <x:c r="A1214" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1214" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1214" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D1214" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="E1214" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1214" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1214" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1214" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1215" spans="1:8">
       <x:c r="A1215" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1215" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1215" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D1215" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="E1215" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1215" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1215" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1216" spans="1:8">
       <x:c r="A1216" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1216" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1216" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D1216" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="E1216" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1216" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1216" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1216" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1217" spans="1:8">
       <x:c r="A1217" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1217" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1217" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D1217" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="E1217" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1217" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1217" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1218" spans="1:8">
       <x:c r="A1218" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1218" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1218" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D1218" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="E1218" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1218" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1218" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1219" spans="1:8">
       <x:c r="A1219" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1219" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1219" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D1219" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="E1219" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1219" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1220" spans="1:8">
       <x:c r="A1220" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1220" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1220" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D1220" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="E1220" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1220" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1220" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1220" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1221" spans="1:8">
       <x:c r="A1221" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1221" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1221" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D1221" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="E1221" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1221" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1221" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1222" spans="1:8">
       <x:c r="A1222" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1222" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1222" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D1222" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="E1222" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1222" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1222" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1222" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1223" spans="1:8">
       <x:c r="A1223" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1223" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1223" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D1223" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="E1223" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1223" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1223" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1223" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1224" spans="1:8">
       <x:c r="A1224" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1224" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1224" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D1224" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="E1224" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1224" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1224" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1224" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1225" spans="1:8">
       <x:c r="A1225" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1225" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1225" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D1225" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="E1225" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1225" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1225" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1225" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1226" spans="1:8">
       <x:c r="A1226" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1226" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1226" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D1226" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="E1226" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1226" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1226" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1226" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1227" spans="1:8">
       <x:c r="A1227" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1227" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1227" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D1227" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="E1227" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1227" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1227" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1227" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1228" spans="1:8">
       <x:c r="A1228" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1228" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1228" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D1228" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="E1228" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1228" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1228" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1228" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1229" spans="1:8">
       <x:c r="A1229" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1229" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1229" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D1229" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="E1229" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1229" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1229" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1229" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1230" spans="1:8">
       <x:c r="A1230" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1230" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1230" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="D1230" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="E1230" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1230" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1230" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1230" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1231" spans="1:8">
       <x:c r="A1231" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1231" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1231" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="D1231" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="E1231" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1231" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1231" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1231" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1232" spans="1:8">
       <x:c r="A1232" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1232" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1232" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="D1232" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="E1232" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1232" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1232" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1232" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1233" spans="1:8">
       <x:c r="A1233" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1233" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1233" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="D1233" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="E1233" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1233" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1233" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1233" s="0">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1234" spans="1:8">
       <x:c r="A1234" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1234" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1234" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="D1234" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="E1234" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1234" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1234" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1234" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1235" spans="1:8">
       <x:c r="A1235" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1235" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1235" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="D1235" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="E1235" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1235" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1235" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1235" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1236" spans="1:8">
       <x:c r="A1236" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1236" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1236" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="D1236" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="E1236" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1236" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1236" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1236" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1237" spans="1:8">
       <x:c r="A1237" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1237" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1237" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="D1237" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="E1237" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1237" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1237" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1238" spans="1:8">
       <x:c r="A1238" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1238" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1238" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D1238" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="E1238" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1238" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1238" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1238" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1239" spans="1:8">
       <x:c r="A1239" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1239" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1239" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D1239" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="E1239" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1239" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1239" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1239" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1240" spans="1:8">
       <x:c r="A1240" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1240" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1240" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D1240" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="E1240" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1240" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1240" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1240" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1241" spans="1:8">
       <x:c r="A1241" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1241" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1241" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D1241" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="E1241" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1241" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1241" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1241" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1242" spans="1:8">
       <x:c r="A1242" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1242" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1242" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="D1242" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="E1242" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1242" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1242" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1243" spans="1:8">
       <x:c r="A1243" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1243" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1243" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="D1243" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="E1243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1243" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1243" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1244" spans="1:8">
       <x:c r="A1244" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1244" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1244" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="D1244" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="E1244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1244" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1244" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1244" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1245" spans="1:8">
       <x:c r="A1245" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1245" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1245" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="D1245" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="E1245" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1245" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1245" s="0">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1246" spans="1:8">
       <x:c r="A1246" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1246" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1246" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D1246" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="E1246" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1246" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1246" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1246" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1247" spans="1:8">
       <x:c r="A1247" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1247" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1247" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D1247" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="E1247" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1247" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1247" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1247" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1248" spans="1:8">
       <x:c r="A1248" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1248" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1248" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D1248" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="E1248" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1248" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1248" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1248" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1249" spans="1:8">
       <x:c r="A1249" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1249" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1249" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D1249" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="E1249" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1249" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1249" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1249" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1250" spans="1:8">
       <x:c r="A1250" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1250" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1250" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="D1250" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="E1250" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1250" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1250" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1250" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1251" spans="1:8">
       <x:c r="A1251" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1251" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1251" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="D1251" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="E1251" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1251" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1251" s="0">
         <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1252" spans="1:8">
       <x:c r="A1252" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1252" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1252" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="D1252" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="E1252" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1252" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1252" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1252" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1253" spans="1:8">
       <x:c r="A1253" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1253" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1253" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="D1253" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="E1253" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1253" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1253" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1253" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1254" spans="1:8">
       <x:c r="A1254" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1254" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1254" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="D1254" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="E1254" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1254" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1254" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1254" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1255" spans="1:8">
       <x:c r="A1255" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1255" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1255" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="D1255" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="E1255" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1255" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1255" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1255" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1256" spans="1:8">
       <x:c r="A1256" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1256" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1256" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="D1256" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="E1256" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1256" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1256" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1256" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1257" spans="1:8">
       <x:c r="A1257" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1257" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1257" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="D1257" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="E1257" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1257" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1257" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1258" spans="1:8">
       <x:c r="A1258" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1258" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1258" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="D1258" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="E1258" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1258" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1258" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1258" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1259" spans="1:8">
       <x:c r="A1259" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1259" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1259" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="D1259" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="E1259" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1259" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1259" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1259" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1260" spans="1:8">
       <x:c r="A1260" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1260" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1260" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="D1260" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="E1260" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1260" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1260" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1260" s="0">
         <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1261" spans="1:8">
       <x:c r="A1261" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1261" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1261" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="D1261" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="E1261" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1261" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1261" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1261" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1262" spans="1:8">
       <x:c r="A1262" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1262" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1262" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D1262" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="E1262" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1262" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1262" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1262" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1263" spans="1:8">
       <x:c r="A1263" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1263" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1263" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D1263" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="E1263" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1263" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1263" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1263" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1264" spans="1:8">
       <x:c r="A1264" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1264" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1264" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D1264" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="E1264" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1264" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1264" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1264" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1265" spans="1:8">
       <x:c r="A1265" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1265" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1265" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D1265" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="E1265" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1265" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1265" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1265" s="0">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1266" spans="1:8">
       <x:c r="A1266" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1266" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1266" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="D1266" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="E1266" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1266" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1266" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1266" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1267" spans="1:8">
       <x:c r="A1267" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1267" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1267" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="D1267" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="E1267" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1267" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1267" s="0">
         <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1268" spans="1:8">
       <x:c r="A1268" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1268" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1268" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="D1268" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="E1268" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1268" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1268" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1268" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1269" spans="1:8">
       <x:c r="A1269" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1269" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1269" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="D1269" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="E1269" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1269" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1269" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1269" s="0">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1270" spans="1:8">
       <x:c r="A1270" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1270" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1270" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="D1270" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="E1270" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1270" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1270" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1270" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1271" spans="1:8">
       <x:c r="A1271" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1271" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1271" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="D1271" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="E1271" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1271" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1271" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1271" s="0">
         <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1272" spans="1:8">
       <x:c r="A1272" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1272" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1272" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="D1272" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="E1272" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1272" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1272" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1272" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1273" spans="1:8">
       <x:c r="A1273" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1273" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1273" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="D1273" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="E1273" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1273" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1273" s="0">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1274" spans="1:8">
       <x:c r="A1274" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1274" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1274" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D1274" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="E1274" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1274" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1274" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1274" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1275" spans="1:8">
       <x:c r="A1275" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1275" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1275" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D1275" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="E1275" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1275" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1275" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1275" s="0">
         <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1276" spans="1:8">
       <x:c r="A1276" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1276" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1276" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D1276" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="E1276" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1276" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1276" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1276" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1277" spans="1:8">
       <x:c r="A1277" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1277" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1277" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D1277" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="E1277" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1277" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1277" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1277" s="0">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1278" spans="1:8">
       <x:c r="A1278" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1278" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1278" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="D1278" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="E1278" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1278" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1278" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1279" spans="1:8">
       <x:c r="A1279" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1279" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1279" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="D1279" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="E1279" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1279" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1279" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1279" s="0">
         <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1280" spans="1:8">
       <x:c r="A1280" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1280" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1280" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="D1280" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="E1280" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1280" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1280" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1280" s="0">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1281" spans="1:8">
       <x:c r="A1281" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1281" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1281" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="D1281" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="E1281" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1281" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1281" s="0">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1282" spans="1:8">
       <x:c r="A1282" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1282" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1282" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="D1282" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="E1282" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1282" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1282" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1282" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1283" spans="1:8">
       <x:c r="A1283" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1283" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1283" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="D1283" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="E1283" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1283" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1283" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1283" s="0">
         <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1284" spans="1:8">
       <x:c r="A1284" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1284" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1284" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="D1284" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="E1284" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1284" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1284" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1284" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1285" spans="1:8">
       <x:c r="A1285" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1285" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1285" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="D1285" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="E1285" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1285" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1285" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1285" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1286" spans="1:8">
       <x:c r="A1286" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1286" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1286" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D1286" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="E1286" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1286" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1286" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1286" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1287" spans="1:8">
       <x:c r="A1287" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1287" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1287" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D1287" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="E1287" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1287" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1287" s="0">
         <x:v>-0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1288" spans="1:8">
       <x:c r="A1288" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1288" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1288" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D1288" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="E1288" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1288" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1288" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1288" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1289" spans="1:8">
       <x:c r="A1289" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1289" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1289" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D1289" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="E1289" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1289" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1289" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1290" spans="1:8">
       <x:c r="A1290" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1290" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1290" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="D1290" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="E1290" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1290" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1290" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1291" spans="1:8">
       <x:c r="A1291" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1291" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1291" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="D1291" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="E1291" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1291" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1291" s="0">
         <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1292" spans="1:8">
       <x:c r="A1292" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1292" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1292" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="D1292" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="E1292" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1292" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1292" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1292" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1293" spans="1:8">
       <x:c r="A1293" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1293" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1293" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="D1293" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="E1293" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1293" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1293" s="0">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1294" spans="1:8">
       <x:c r="A1294" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1294" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1294" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="D1294" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="E1294" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1294" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1294" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1295" spans="1:8">
       <x:c r="A1295" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1295" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1295" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="D1295" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="E1295" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1295" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1295" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1295" s="0">
         <x:v>-0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1296" spans="1:8">
       <x:c r="A1296" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1296" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1296" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="D1296" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="E1296" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1296" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1296" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1296" s="0">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1297" spans="1:8">
       <x:c r="A1297" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1297" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1297" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="D1297" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="E1297" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1297" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1297" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1297" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1298" spans="1:8">
       <x:c r="A1298" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1298" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1298" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="D1298" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="E1298" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1298" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1298" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1298" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1299" spans="1:8">
       <x:c r="A1299" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1299" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1299" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="D1299" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="E1299" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1299" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1299" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1299" s="0">
         <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1300" spans="1:8">
       <x:c r="A1300" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1300" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1300" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="D1300" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="E1300" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1300" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1300" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1300" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1301" spans="1:8">
       <x:c r="A1301" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1301" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1301" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="D1301" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="E1301" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1301" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1301" s="0">
         <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1302" spans="1:8">
       <x:c r="A1302" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1302" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1302" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="D1302" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="E1302" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1302" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1302" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1302" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1303" spans="1:8">
       <x:c r="A1303" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1303" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1303" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="D1303" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="E1303" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1303" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1303" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1303" s="0">
         <x:v>-0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1304" spans="1:8">
       <x:c r="A1304" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1304" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1304" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="D1304" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="E1304" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1304" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1304" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1304" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1305" spans="1:8">
       <x:c r="A1305" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1305" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1305" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="D1305" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="E1305" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1305" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1305" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1305" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1306" spans="1:8">
       <x:c r="A1306" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1306" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1306" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="D1306" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="E1306" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1306" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1306" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1306" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1307" spans="1:8">
       <x:c r="A1307" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1307" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1307" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="D1307" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="E1307" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1307" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1307" s="0">
         <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1308" spans="1:8">
       <x:c r="A1308" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1308" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1308" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="D1308" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="E1308" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1308" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1308" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1308" s="0">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1309" spans="1:8">
       <x:c r="A1309" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1309" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1309" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="D1309" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="E1309" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1309" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1309" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1309" s="0">
         <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1310" spans="1:8">
       <x:c r="A1310" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1310" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1310" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="D1310" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="E1310" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1310" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1310" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1310" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="1311" spans="1:8">
       <x:c r="A1311" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1311" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1311" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="D1311" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="E1311" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1311" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1311" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1311" s="0">
         <x:v>-0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1312" spans="1:8">
       <x:c r="A1312" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1312" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1312" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="D1312" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="E1312" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F1312" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G1312" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1312" s="0">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1313" spans="1:8">
       <x:c r="A1313" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B1313" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C1313" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="D1313" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="E1313" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F1313" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G1313" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1313" s="0">
         <x:v>-0.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -36162,51 +35888,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1313" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="EIHC04C01"/>
         <x:s v="EIHC04C02"/>
         <x:s v="EIHC04C03"/>
         <x:s v="EIHC04C04"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
         <x:s v="Consumer Price Index (Base December 2016=100)"/>
         <x:s v="Difference from overall Consumer Price Index since December 2016"/>
         <x:s v="Percentage change over 12 months for Consumer Price Index"/>
         <x:s v="Difference from overall Consumer Price Index in last 12 months"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(M1)">
       <x:sharedItems count="82">
         <x:s v="2016M12"/>
         <x:s v="2017M01"/>
         <x:s v="2017M02"/>
         <x:s v="2017M03"/>
         <x:s v="2017M04"/>
@@ -36595,27 +36321,13148 @@
         <x:n v="8.4"/>
         <x:n v="8.2"/>
         <x:n v="8"/>
         <x:n v="9"/>
         <x:n v="10.6"/>
         <x:n v="8.1"/>
         <x:n v="10.1"/>
         <x:n v="9.3"/>
         <x:n v="7.7"/>
         <x:n v="8.6"/>
         <x:n v="7.9"/>
         <x:n v="6.5"/>
         <x:n v="7.3"/>
         <x:n v="7.5"/>
         <x:n v="6.1"/>
         <x:n v="6.4"/>
         <x:n v="6.3"/>
         <x:n v="6"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2016M12"/>
+    <s v="2016 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2016M12"/>
+    <s v="2016 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2016M12"/>
+    <s v="2016 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2016M12"/>
+    <s v="2016 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M01"/>
+    <s v="2017 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M01"/>
+    <s v="2017 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M01"/>
+    <s v="2017 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M01"/>
+    <s v="2017 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M02"/>
+    <s v="2017 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M02"/>
+    <s v="2017 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M02"/>
+    <s v="2017 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M02"/>
+    <s v="2017 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M03"/>
+    <s v="2017 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M03"/>
+    <s v="2017 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M03"/>
+    <s v="2017 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M03"/>
+    <s v="2017 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M04"/>
+    <s v="2017 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M04"/>
+    <s v="2017 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M04"/>
+    <s v="2017 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M04"/>
+    <s v="2017 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M05"/>
+    <s v="2017 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M05"/>
+    <s v="2017 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M05"/>
+    <s v="2017 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M05"/>
+    <s v="2017 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M06"/>
+    <s v="2017 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M06"/>
+    <s v="2017 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M06"/>
+    <s v="2017 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M06"/>
+    <s v="2017 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M07"/>
+    <s v="2017 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M07"/>
+    <s v="2017 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M07"/>
+    <s v="2017 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M07"/>
+    <s v="2017 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M08"/>
+    <s v="2017 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M08"/>
+    <s v="2017 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M08"/>
+    <s v="2017 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M08"/>
+    <s v="2017 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M09"/>
+    <s v="2017 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M09"/>
+    <s v="2017 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M09"/>
+    <s v="2017 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M09"/>
+    <s v="2017 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M10"/>
+    <s v="2017 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M10"/>
+    <s v="2017 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M10"/>
+    <s v="2017 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M10"/>
+    <s v="2017 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M11"/>
+    <s v="2017 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M11"/>
+    <s v="2017 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M11"/>
+    <s v="2017 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M11"/>
+    <s v="2017 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M12"/>
+    <s v="2017 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M12"/>
+    <s v="2017 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M12"/>
+    <s v="2017 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2017M12"/>
+    <s v="2017 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="103.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="103.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="103.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="104.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="104.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="104.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="104.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="103.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="104.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="104.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="104.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="103.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="104.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="103.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="105.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="103.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="105.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="103.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="104.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="105.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="103.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="103.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="104.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="106.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="104.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="104.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="105.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="106.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="104.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="104.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="105.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="107.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="105.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="105.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="106.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="108.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="106.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="108.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="106.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="106.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="106.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="108.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="106.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="106.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="107.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="109.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="107.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="107.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="109.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="111.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="109.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="109.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="110.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="112.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="110.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="110.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="111.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="113.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="111.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="111.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="113.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="114.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="112.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="113.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="113.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="115.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="113.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="113.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="113.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="115.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="113.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="113.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="113.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="115.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="113.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="115.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="116.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="115.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="116.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="115.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="116.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="115.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="115.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="116.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="114.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="116.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="114.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="115.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="116.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="117.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="116.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="117.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="119.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="117.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="118.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="118.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="119.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="118.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="118.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="118.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="119.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="119.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="120.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="121.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="121.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="120.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="120.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="121.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="122.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="120.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C01"/>
+    <s v="Consumer Price Index (Base December 2016=100)"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="120.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2016M12"/>
+    <s v="2016 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2016M12"/>
+    <s v="2016 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2016M12"/>
+    <s v="2016 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2016M12"/>
+    <s v="2016 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M01"/>
+    <s v="2017 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M01"/>
+    <s v="2017 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M01"/>
+    <s v="2017 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M01"/>
+    <s v="2017 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M02"/>
+    <s v="2017 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M02"/>
+    <s v="2017 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M02"/>
+    <s v="2017 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M02"/>
+    <s v="2017 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M03"/>
+    <s v="2017 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M03"/>
+    <s v="2017 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M03"/>
+    <s v="2017 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M03"/>
+    <s v="2017 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M04"/>
+    <s v="2017 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M04"/>
+    <s v="2017 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M04"/>
+    <s v="2017 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M04"/>
+    <s v="2017 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M05"/>
+    <s v="2017 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M05"/>
+    <s v="2017 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M05"/>
+    <s v="2017 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M05"/>
+    <s v="2017 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M06"/>
+    <s v="2017 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M06"/>
+    <s v="2017 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M06"/>
+    <s v="2017 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M06"/>
+    <s v="2017 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M07"/>
+    <s v="2017 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M07"/>
+    <s v="2017 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M07"/>
+    <s v="2017 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M07"/>
+    <s v="2017 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M08"/>
+    <s v="2017 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M08"/>
+    <s v="2017 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M08"/>
+    <s v="2017 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M08"/>
+    <s v="2017 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M09"/>
+    <s v="2017 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M09"/>
+    <s v="2017 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M09"/>
+    <s v="2017 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M09"/>
+    <s v="2017 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M10"/>
+    <s v="2017 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M10"/>
+    <s v="2017 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M10"/>
+    <s v="2017 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M10"/>
+    <s v="2017 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M11"/>
+    <s v="2017 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M11"/>
+    <s v="2017 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M11"/>
+    <s v="2017 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M11"/>
+    <s v="2017 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M12"/>
+    <s v="2017 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M12"/>
+    <s v="2017 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M12"/>
+    <s v="2017 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2017M12"/>
+    <s v="2017 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C02"/>
+    <s v="Difference from overall Consumer Price Index since December 2016"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2016M12"/>
+    <s v="2016 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2016M12"/>
+    <s v="2016 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2016M12"/>
+    <s v="2016 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2016M12"/>
+    <s v="2016 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M01"/>
+    <s v="2017 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M01"/>
+    <s v="2017 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M01"/>
+    <s v="2017 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M01"/>
+    <s v="2017 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M02"/>
+    <s v="2017 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M02"/>
+    <s v="2017 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M02"/>
+    <s v="2017 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M02"/>
+    <s v="2017 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M03"/>
+    <s v="2017 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M03"/>
+    <s v="2017 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M03"/>
+    <s v="2017 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M03"/>
+    <s v="2017 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M04"/>
+    <s v="2017 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M04"/>
+    <s v="2017 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M04"/>
+    <s v="2017 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M04"/>
+    <s v="2017 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M05"/>
+    <s v="2017 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M05"/>
+    <s v="2017 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M05"/>
+    <s v="2017 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M05"/>
+    <s v="2017 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M06"/>
+    <s v="2017 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M06"/>
+    <s v="2017 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M06"/>
+    <s v="2017 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M06"/>
+    <s v="2017 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M07"/>
+    <s v="2017 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M07"/>
+    <s v="2017 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M07"/>
+    <s v="2017 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M07"/>
+    <s v="2017 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M08"/>
+    <s v="2017 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M08"/>
+    <s v="2017 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M08"/>
+    <s v="2017 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M08"/>
+    <s v="2017 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M09"/>
+    <s v="2017 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M09"/>
+    <s v="2017 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M09"/>
+    <s v="2017 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M09"/>
+    <s v="2017 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M10"/>
+    <s v="2017 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M10"/>
+    <s v="2017 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M10"/>
+    <s v="2017 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M10"/>
+    <s v="2017 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M11"/>
+    <s v="2017 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M11"/>
+    <s v="2017 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M11"/>
+    <s v="2017 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M11"/>
+    <s v="2017 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M12"/>
+    <s v="2017 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M12"/>
+    <s v="2017 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M12"/>
+    <s v="2017 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2017M12"/>
+    <s v="2017 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-1.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="-1.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-1.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-1.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="-1.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-1.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-1.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-1.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-1.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-1.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C03"/>
+    <s v="Percentage change over 12 months for Consumer Price Index"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2016M12"/>
+    <s v="2016 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2016M12"/>
+    <s v="2016 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2016M12"/>
+    <s v="2016 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2016M12"/>
+    <s v="2016 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M01"/>
+    <s v="2017 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M01"/>
+    <s v="2017 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M01"/>
+    <s v="2017 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M01"/>
+    <s v="2017 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M02"/>
+    <s v="2017 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M02"/>
+    <s v="2017 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M02"/>
+    <s v="2017 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M02"/>
+    <s v="2017 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M03"/>
+    <s v="2017 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M03"/>
+    <s v="2017 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M03"/>
+    <s v="2017 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M03"/>
+    <s v="2017 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M04"/>
+    <s v="2017 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M04"/>
+    <s v="2017 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M04"/>
+    <s v="2017 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M04"/>
+    <s v="2017 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M05"/>
+    <s v="2017 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M05"/>
+    <s v="2017 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M05"/>
+    <s v="2017 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M05"/>
+    <s v="2017 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M06"/>
+    <s v="2017 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M06"/>
+    <s v="2017 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M06"/>
+    <s v="2017 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M06"/>
+    <s v="2017 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M07"/>
+    <s v="2017 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M07"/>
+    <s v="2017 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M07"/>
+    <s v="2017 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M07"/>
+    <s v="2017 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M08"/>
+    <s v="2017 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M08"/>
+    <s v="2017 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M08"/>
+    <s v="2017 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M08"/>
+    <s v="2017 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M09"/>
+    <s v="2017 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M09"/>
+    <s v="2017 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M09"/>
+    <s v="2017 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M09"/>
+    <s v="2017 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M10"/>
+    <s v="2017 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M10"/>
+    <s v="2017 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M10"/>
+    <s v="2017 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M10"/>
+    <s v="2017 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M11"/>
+    <s v="2017 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M11"/>
+    <s v="2017 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M11"/>
+    <s v="2017 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M11"/>
+    <s v="2017 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M12"/>
+    <s v="2017 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M12"/>
+    <s v="2017 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M12"/>
+    <s v="2017 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2017M12"/>
+    <s v="2017 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M01"/>
+    <s v="2018 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M02"/>
+    <s v="2018 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M03"/>
+    <s v="2018 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M04"/>
+    <s v="2018 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M05"/>
+    <s v="2018 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M06"/>
+    <s v="2018 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M07"/>
+    <s v="2018 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M08"/>
+    <s v="2018 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M09"/>
+    <s v="2018 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M10"/>
+    <s v="2018 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M11"/>
+    <s v="2018 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2018M12"/>
+    <s v="2018 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M01"/>
+    <s v="2019 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M02"/>
+    <s v="2019 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M03"/>
+    <s v="2019 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M04"/>
+    <s v="2019 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M05"/>
+    <s v="2019 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M06"/>
+    <s v="2019 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M07"/>
+    <s v="2019 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M08"/>
+    <s v="2019 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M09"/>
+    <s v="2019 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M10"/>
+    <s v="2019 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M11"/>
+    <s v="2019 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2019M12"/>
+    <s v="2019 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M01"/>
+    <s v="2020 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M02"/>
+    <s v="2020 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M03"/>
+    <s v="2020 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M04"/>
+    <s v="2020 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M05"/>
+    <s v="2020 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M06"/>
+    <s v="2020 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M07"/>
+    <s v="2020 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M08"/>
+    <s v="2020 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M09"/>
+    <s v="2020 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M10"/>
+    <s v="2020 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M11"/>
+    <s v="2020 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2020M12"/>
+    <s v="2020 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M01"/>
+    <s v="2021 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M02"/>
+    <s v="2021 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M03"/>
+    <s v="2021 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M04"/>
+    <s v="2021 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M05"/>
+    <s v="2021 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M06"/>
+    <s v="2021 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M07"/>
+    <s v="2021 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M08"/>
+    <s v="2021 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M09"/>
+    <s v="2021 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M10"/>
+    <s v="2021 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M11"/>
+    <s v="2021 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2021M12"/>
+    <s v="2021 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M01"/>
+    <s v="2022 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M02"/>
+    <s v="2022 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M03"/>
+    <s v="2022 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M04"/>
+    <s v="2022 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M05"/>
+    <s v="2022 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M06"/>
+    <s v="2022 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M07"/>
+    <s v="2022 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M08"/>
+    <s v="2022 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M09"/>
+    <s v="2022 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M10"/>
+    <s v="2022 October"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M11"/>
+    <s v="2022 November"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2022M12"/>
+    <s v="2022 December"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M01"/>
+    <s v="2023 January"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M02"/>
+    <s v="2023 February"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M03"/>
+    <s v="2023 March"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M04"/>
+    <s v="2023 April"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M05"/>
+    <s v="2023 May"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M06"/>
+    <s v="2023 June"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M07"/>
+    <s v="2023 July"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.7"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M08"/>
+    <s v="2023 August"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="455"/>
+    <s v="Under 35 years"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="4701"/>
+    <s v="35-64 years"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="EIHC04C04"/>
+    <s v="Difference from overall Consumer Price Index in last 12 months"/>
+    <s v="2023M09"/>
+    <s v="2023 September"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+</pivotCacheRecords>
 </file>