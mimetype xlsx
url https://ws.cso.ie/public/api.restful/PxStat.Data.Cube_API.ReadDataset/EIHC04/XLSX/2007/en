--- v1 (2026-01-11)
+++ v2 (2026-03-02)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re54e3220b2a6425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fea01593761d45d8b1fe822aefe63308.psmdcp" Id="Reffa13e0e47e4f87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e8cdd92134e4203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1844d05cfb3f4f1db90a5a257a61c302.psmdcp" Id="R7759d6e27bfb479d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>