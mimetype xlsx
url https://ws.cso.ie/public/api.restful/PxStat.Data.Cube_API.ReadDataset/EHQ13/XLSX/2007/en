--- v0 (2025-11-07)
+++ v1 (2026-01-25)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb11bdb9e7484aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1294234b1f6b4355881a05a12d61cf4e.psmdcp" Id="R426dad57d0f840f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53abdbe2b80f4a4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1a30c67e5b52417ab376b57f4e93c7b0.psmdcp" Id="Rc122f90dc46e4868" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EHQ13</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Estimates of Average Earnings</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/26/2025 11:00:00 AM</x:t>
+    <x:t>25/11/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Estimates in relation to Defence and public sector have been updated from Q2 2021 due to a revision in our input data processes. This update primarily impacts employment and job vacancy estimates and does not have a significant impact on previously published sectoral trends in relation to earnings.&lt;br&gt;&lt;br&gt;The Public Sector Pay Agreement 2024-2026 introduced an increase in the annualised basic salaries for public servants of 2.25%, which was backdated to 1 January 2024, with some or all backdated pay received in Q2 2024.&lt;br&gt;&lt;br&gt;ELC quarterly estimates were updated on 29/05/2024 to incorporate updated population estimates for the period 2016 Q3 to 2023 Q4, based on the results of Census 2022.&lt;br&gt;&lt;br&gt;The Building Momentum Public Service Agreement 2021-2022 introduced an increase in the annualised basic salaries for public servants of 3%, which was backdated to 02 February 2022, with some or all backdated pay received in Q4 2022.&lt;br&gt;&lt;br&gt;For more information, please go to the statistical release(https://www.cso.ie/en/statistics/earnings/earningsandlabourcosts/) page and Background Notes(https://www.cso.ie/en/methods/earnings/earningshoursandemploymentcostssurvey/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EHQ13/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>ELCQ</x:t>
   </x:si>
   <x:si>
     <x:t>EHECS Earnings Hours and Employment Costs Survey - Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Sabrina Bowen</x:t>
+    <x:t>Niall O'Sullivan</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>earnings@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5151</x:t>
+    <x:t>(+353) 21 453 5488</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -574,50 +574,56 @@
   </x:si>
   <x:si>
     <x:t>20242</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q2</x:t>
   </x:si>
   <x:si>
     <x:t>20243</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q3</x:t>
   </x:si>
   <x:si>
     <x:t>20244</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q4</x:t>
   </x:si>
   <x:si>
     <x:t>20251</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q1</x:t>
   </x:si>
+  <x:si>
+    <x:t>20252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025Q2</x:t>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -754,688 +760,251 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...631 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="61">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="61">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02665V03225" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Economic Sector NACE Rev 2" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02397V02888" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Employee" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J721" totalsRowShown="0">
-  <x:autoFilter ref="A1:J721"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J733" totalsRowShown="0">
+  <x:autoFilter ref="A1:J733"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C02665V03225"/>
     <x:tableColumn id="6" name="Economic Sector NACE Rev 2"/>
     <x:tableColumn id="7" name="C02397V02888"/>
     <x:tableColumn id="8" name="Type of Employee"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1701,51 +1270,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EHQ13/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1934,55 +1503,55 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:J721"/>
+  <x:dimension ref="A1:J733"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="27.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="57.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="50.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="11.853482" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
@@ -25028,63 +24597,447 @@
       <x:c r="C721" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="D721" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="E721" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F721" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G721" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H721" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I721" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J721" s="0">
         <x:v>734.0461713</x:v>
       </x:c>
     </x:row>
+    <x:row r="722" spans="1:10">
+      <x:c r="A722" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B722" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C722" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D722" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E722" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F722" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G722" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H722" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="I722" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J722" s="0">
+        <x:v>1836.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="723" spans="1:10">
+      <x:c r="A723" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B723" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C723" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D723" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E723" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F723" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G723" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H723" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I723" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J723" s="0">
+        <x:v>1039.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="724" spans="1:10">
+      <x:c r="A724" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B724" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C724" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D724" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E724" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F724" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G724" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H724" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I724" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J724" s="0">
+        <x:v>930.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="725" spans="1:10">
+      <x:c r="A725" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B725" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C725" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D725" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E725" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F725" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G725" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H725" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="I725" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J725" s="0">
+        <x:v>1720.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="726" spans="1:10">
+      <x:c r="A726" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B726" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C726" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D726" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E726" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F726" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G726" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H726" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I726" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J726" s="0">
+        <x:v>759.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="727" spans="1:10">
+      <x:c r="A727" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B727" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C727" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D727" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E727" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F727" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G727" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H727" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I727" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J727" s="0">
+        <x:v>834.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="728" spans="1:10">
+      <x:c r="A728" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B728" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C728" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D728" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E728" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F728" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G728" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H728" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="I728" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J728" s="0">
+        <x:v>1605.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="729" spans="1:10">
+      <x:c r="A729" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B729" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C729" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D729" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E729" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F729" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G729" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H729" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I729" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J729" s="0">
+        <x:v>761.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="730" spans="1:10">
+      <x:c r="A730" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B730" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C730" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D730" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E730" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F730" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G730" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H730" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I730" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J730" s="0">
+        <x:v>798.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="731" spans="1:10">
+      <x:c r="A731" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B731" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C731" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D731" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E731" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F731" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G731" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H731" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="I731" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J731" s="0">
+        <x:v>1543.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="732" spans="1:10">
+      <x:c r="A732" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B732" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C732" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D732" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E732" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F732" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G732" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H732" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I732" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J732" s="0">
+        <x:v>786.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="733" spans="1:10">
+      <x:c r="A733" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B733" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C733" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D733" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="E733" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F733" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G733" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H733" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I733" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J733" s="0">
+        <x:v>742.12</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -25101,65 +25054,65 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J721" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EHQ13"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Estimates of Average Earnings"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
-      <x:sharedItems count="60">
+      <x:sharedItems count="61">
         <x:s v="20102"/>
         <x:s v="20103"/>
         <x:s v="20104"/>
         <x:s v="20111"/>
         <x:s v="20112"/>
         <x:s v="20113"/>
         <x:s v="20114"/>
         <x:s v="20121"/>
         <x:s v="20122"/>
         <x:s v="20123"/>
         <x:s v="20124"/>
         <x:s v="20131"/>
         <x:s v="20132"/>
         <x:s v="20133"/>
         <x:s v="20134"/>
         <x:s v="20141"/>
         <x:s v="20142"/>
         <x:s v="20143"/>
         <x:s v="20144"/>
         <x:s v="20151"/>
         <x:s v="20152"/>
         <x:s v="20153"/>
         <x:s v="20154"/>
         <x:s v="20161"/>
         <x:s v="20162"/>
@@ -25176,54 +25129,55 @@
         <x:s v="20191"/>
         <x:s v="20192"/>
         <x:s v="20193"/>
         <x:s v="20194"/>
         <x:s v="20201"/>
         <x:s v="20202"/>
         <x:s v="20203"/>
         <x:s v="20204"/>
         <x:s v="20211"/>
         <x:s v="20212"/>
         <x:s v="20213"/>
         <x:s v="20214"/>
         <x:s v="20221"/>
         <x:s v="20222"/>
         <x:s v="20223"/>
         <x:s v="20224"/>
         <x:s v="20231"/>
         <x:s v="20232"/>
         <x:s v="20233"/>
         <x:s v="20234"/>
         <x:s v="20241"/>
         <x:s v="20242"/>
         <x:s v="20243"/>
         <x:s v="20244"/>
         <x:s v="20251"/>
+        <x:s v="20252"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Quarter">
-      <x:sharedItems count="60">
+      <x:sharedItems count="61">
         <x:s v="2010Q2"/>
         <x:s v="2010Q3"/>
         <x:s v="2010Q4"/>
         <x:s v="2011Q1"/>
         <x:s v="2011Q2"/>
         <x:s v="2011Q3"/>
         <x:s v="2011Q4"/>
         <x:s v="2012Q1"/>
         <x:s v="2012Q2"/>
         <x:s v="2012Q3"/>
         <x:s v="2012Q4"/>
         <x:s v="2013Q1"/>
         <x:s v="2013Q2"/>
         <x:s v="2013Q3"/>
         <x:s v="2013Q4"/>
         <x:s v="2014Q1"/>
         <x:s v="2014Q2"/>
         <x:s v="2014Q3"/>
         <x:s v="2014Q4"/>
         <x:s v="2015Q1"/>
         <x:s v="2015Q2"/>
         <x:s v="2015Q3"/>
         <x:s v="2015Q4"/>
         <x:s v="2016Q1"/>
         <x:s v="2016Q2"/>
@@ -25240,89 +25194,90 @@
         <x:s v="2019Q1"/>
         <x:s v="2019Q2"/>
         <x:s v="2019Q3"/>
         <x:s v="2019Q4"/>
         <x:s v="2020Q1"/>
         <x:s v="2020Q2"/>
         <x:s v="2020Q3"/>
         <x:s v="2020Q4"/>
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
+        <x:s v="2025Q2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02665V03225">
       <x:sharedItems count="4">
         <x:s v="Y0900"/>
         <x:s v="Y1740"/>
         <x:s v="Y1750"/>
         <x:s v="Y5000"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Economic Sector NACE Rev 2">
       <x:sharedItems count="4">
         <x:s v="Industry (B to E)"/>
         <x:s v="Business and services (B to N,R,S)"/>
         <x:s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
         <x:s v="Public administration, education and health (O to Q)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02397V02888">
       <x:sharedItems count="3">
         <x:s v="1"/>
         <x:s v="2"/>
         <x:s v="3"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Employee">
       <x:sharedItems count="3">
         <x:s v="Managers, professionals and associated professionals"/>
         <x:s v="Clerical, sales and service employees"/>
         <x:s v="Production, transport, craft and other manual workers"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Euro"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="417" maxValue="1827.125999" count="718">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="417" maxValue="1836.12" count="730">
         <x:n v="1312.61"/>
         <x:n v="695.94"/>
         <x:n v="609.92"/>
         <x:n v="1113.74"/>
         <x:n v="437.24"/>
         <x:n v="518.03"/>
         <x:n v="1041.41"/>
         <x:n v="469.43"/>
         <x:n v="512.85"/>
         <x:n v="1007.71"/>
         <x:n v="581.03"/>
         <x:n v="501.65"/>
         <x:n v="1346.6"/>
         <x:n v="687.8"/>
         <x:n v="606.87"/>
         <x:n v="1151.83"/>
         <x:n v="447.03"/>
         <x:n v="503.89"/>
         <x:n v="1073.48"/>
         <x:n v="476.48"/>
         <x:n v="500.8"/>
         <x:n v="997.03"/>
         <x:n v="546.92"/>
         <x:n v="506.01"/>
         <x:n v="1330.04"/>
@@ -25997,34 +25952,8831 @@
         <x:n v="702.06"/>
         <x:n v="1770.594157"/>
         <x:n v="1037.931763"/>
         <x:n v="926.6501509"/>
         <x:n v="1675.702393"/>
         <x:n v="724.8551859"/>
         <x:n v="814.4261821"/>
         <x:n v="1569.135249"/>
         <x:n v="723.1624164"/>
         <x:n v="777.6035016"/>
         <x:n v="1512.797209"/>
         <x:n v="749.7718423"/>
         <x:n v="709.6983759"/>
         <x:n v="1827.125999"/>
         <x:n v="1051.859948"/>
         <x:n v="936.3215038"/>
         <x:n v="1695.146949"/>
         <x:n v="728.4344912"/>
         <x:n v="804.4014718"/>
         <x:n v="1600.020446"/>
         <x:n v="734.0768155"/>
         <x:n v="772.6074063"/>
         <x:n v="1556.03803"/>
         <x:n v="773.9268884"/>
         <x:n v="734.0461713"/>
+        <x:n v="1836.12"/>
+        <x:n v="1039.23"/>
+        <x:n v="930.91"/>
+        <x:n v="1720.24"/>
+        <x:n v="759.81"/>
+        <x:n v="834.12"/>
+        <x:n v="1605.6"/>
+        <x:n v="761.99"/>
+        <x:n v="798.17"/>
+        <x:n v="1543.99"/>
+        <x:n v="786.95"/>
+        <x:n v="742.12"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1312.61"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="695.94"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="609.92"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1113.74"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="437.24"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="518.03"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1041.41"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="469.43"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="512.85"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1007.71"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="581.03"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="501.65"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1346.6"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="687.8"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="606.87"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1151.83"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="447.03"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="503.89"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1073.48"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="476.48"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="500.8"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="997.03"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="546.92"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="506.01"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1330.04"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="699.28"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="622.1"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1175.32"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="455.48"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="548.54"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1093.34"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="486.34"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="539.26"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="998.43"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="566.5"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="487.59"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1338.15"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="680.33"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="564.37"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1143.71"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="432.61"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="489.68"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1063.39"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="461.78"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="485.55"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="967.88"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="537.33"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="470.09"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1386.6"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="748.5"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="596.76"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1177.79"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="453.68"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="511.86"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1096.67"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="484.22"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="501.67"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1009.78"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="558.93"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="436.29"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1348.6"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="777.92"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="619.56"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1179.32"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="463.93"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="539.4"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1094.26"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="491.87"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="523.1"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="977.07"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="540.49"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1404.71"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="767.57"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="632.69"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1221.42"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="458.27"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="564.27"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1137.7"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="488.48"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="548.26"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1050.15"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="561.13"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="447.36"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1430.55"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="752.91"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="613.71"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1208.11"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="444.25"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="528.94"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1124.84"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="473.04"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="519.8"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1034.71"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="538.24"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="459.8"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1445.57"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="773.99"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="622.12"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1203.76"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="450.78"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="556.5"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1120.12"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="479.85"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="541.58"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1023.95"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="542.71"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="447.84"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1391.65"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="757.43"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="632.14"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1197.5"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="453.17"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="554.78"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1114.97"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="480.91"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="539.47"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1022.11"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="532.07"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="443.81"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1362.15"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="738.26"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="594.9"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1210.67"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="446.78"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="557.27"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1134.81"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="475.96"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="541.84"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1108.68"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="546.22"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="446.74"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1409.27"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="750.76"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="646.61"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1198.86"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="445.96"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="551.17"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1121.68"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="474.31"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="537.03"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1083.14"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="537.86"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="450.38"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1455.61"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="748.67"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="619.37"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1237.49"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="444.47"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="515.07"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1149.49"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="471.22"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="509.05"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1060.23"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="523.61"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="468.73"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1436.41"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="754.97"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="620.23"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1240.14"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="440.94"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="495.29"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1152.51"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="467.56"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="485.39"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1065.01"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="518.07"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="426.56"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1438.18"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="767.71"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="627.04"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1256.41"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="446.72"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="494.17"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1170.03"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="475.14"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="489.05"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1102.06"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="537.33"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="455.58"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1458.28"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="761.22"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="660.55"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1229.64"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="442.63"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="483.98"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1145.34"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="470.12"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="477.18"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1085.92"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="526.09"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="434.45"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1402.56"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="740.07"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="680.86"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1207.57"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="450.19"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="504.28"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1127.97"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="476.84"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="495.78"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1094.21"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="523.37"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="440.25"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1376.53"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="765.63"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="684.27"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1216.31"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="465.08"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="509.89"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1134.44"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="492.23"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="499.66"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1087.36"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="534.6"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="427.53"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1454.07"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="721.5"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="693.51"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1259.83"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="457.9"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="508.92"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1173.25"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="468.33"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="495.87"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1153.66"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="516.1"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="436.25"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1450.86"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="731.48"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="654.85"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1253.73"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="441.59"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="502.4"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1162.04"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="452.73"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="490.33"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1108.36"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="508.44"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="458.9"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1432.61"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="752.87"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="675.14"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1248.48"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="443.76"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="498.38"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1155.09"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="456.49"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="485.52"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1087.72"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="526.09"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="439.13"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1448.62"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="762.71"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="701.93"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1281.91"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="453.36"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="505.55"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1184.03"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="467.08"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="489.61"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1097.91"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="543.31"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="419.84"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1475.48"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="770.97"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="710.21"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1288.37"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="460.87"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="526.25"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1197.45"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="470.33"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="501.43"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1141.17"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="537.15"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="442.75"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1499.29"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="768.1"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="703.99"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1288.41"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="453.86"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="513.87"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1199.63"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="464.16"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="491.85"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1140.89"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="532.27"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="447.95"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1513.36"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="757.54"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="710.68"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1305.7"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="465.71"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="523.81"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1207.93"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="475.4"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="499.26"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1139.51"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="541.46"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="441.09"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1494.94"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="770.36"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="713.65"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1298.46"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="473.03"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="526.81"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1213.26"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="482.22"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="502.89"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1155.75"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="547.08"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="448.58"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1501.23"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="783.85"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="718.91"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1316.26"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="475.33"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="533.82"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1223.53"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="484.48"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="511.5"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1159.88"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="548.5"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="464.6"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1511.38"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="772.22"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="708.02"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1302.2"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="464.27"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="529.13"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1207.8"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="476.45"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="507.17"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1143.05"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="548.13"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="462.28"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1515.81"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="773.41"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="724.16"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1324.8"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="481.58"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="538.3"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1229.4"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="493.14"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="515.36"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1164.51"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="561.54"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="465.63"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1497.52"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="780.03"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="718.52"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1317.26"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="482.85"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="542.93"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1238.36"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="494.12"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="521.08"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1188.92"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="561.61"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="477.92"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1525.03"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="798.23"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="734.64"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1344.51"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="487.17"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="552.5"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1253.79"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="498.73"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="528.64"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1195.03"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="567.08"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="475.71"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1519.484506"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="787.0600227"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="723.7203634"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1346.828883"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="474.6129808"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="543.1208742"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1257.842884"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="489.1831837"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="521.5218107"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1200.871734"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="562.2898287"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="478.6908763"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1545.872449"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="792.8804824"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="751.7813382"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1354.024279"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="496.8181881"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="559.312035"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1263.895762"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="507.887692"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="535.0867296"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1205.986009"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="573.6632248"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="480.5698527"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1524.981693"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="796.1569025"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="744.0433141"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1361.356286"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="505.2113828"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="577.8160089"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1274.390729"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="513.5949713"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="550.0390285"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1218.188724"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="574.5878876"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="477.7251801"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1557.977983"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="816.8911395"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="746.6056969"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1395.22732"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="498.4216417"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="577.2131962"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1288.397941"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="505.2135664"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="550.8131222"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1217.55169"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="564.0273214"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="486.0217965"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1545.063305"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="810.7810376"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="735.2283766"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1389.242364"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="497.3616415"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="569.0979595"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1283.205444"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="504.7577525"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="544.6957383"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1213.526196"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="563.8412895"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="488.3164057"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1590.230677"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="821.7990905"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="763.7561901"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1406.702788"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="513.4712222"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="581.9194252"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1298.92174"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="518.5149184"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="556.0244991"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1228.56879"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="571.8372586"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="494.8444892"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1555.301084"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="829.3399248"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="758.929466"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1403.364013"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="519.7879565"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="583.5317655"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1298.464362"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="522.9927007"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="556.8637231"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1230.837986"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="573.4899799"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="491.4040917"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1588.852912"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="831.7344811"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="762.8041781"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1428.009997"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="518.4515907"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="590.8414023"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1321.809083"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="524.8749883"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="564.1351948"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1255.267906"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="582.1648809"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="505.7975082"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1570.704256"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="835.4462964"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="760.0474857"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1425.370848"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="527.4804049"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="589.32288"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1313.962152"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="532.3132103"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="562.7578814"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1242.302426"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="583.6811848"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="505.933296"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1594.386899"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="811.3139066"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="723.9345712"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1421.17902"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="550.8512163"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="589.8705099"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1332.422244"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="555.0892464"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="561.3550868"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1279.124443"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="593.5761258"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="502.6035705"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1558.904926"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="835.8781739"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="763.1390411"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1404.935158"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="568.1974044"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="630.206586"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1319.130582"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="563.2717698"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="599.0041186"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1267.029793"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="588.6622748"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="531.8317401"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1635.389567"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="884.4736332"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="820.7656727"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1468.494696"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="591.3403097"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="668.3960606"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1356.930012"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="593.3722989"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="630.8830138"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1282.931852"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="631.8488184"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="542.2328749"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1598.636623"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="861.3371269"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="751.9164764"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1450.045373"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="599.1341708"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="631.6007491"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1372.96393"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="588.4049961"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="596.6898265"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1331.564351"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="593.6296431"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="517.4642561"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1631.682079"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="896.6054018"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="789.6142072"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1466.135987"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="613.8681925"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="668.8892066"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1361.192584"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="607.3805277"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="631.1782883"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1293.221397"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="622.5624954"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="543.1685389"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1630.127588"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="907.8798538"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="804.4956191"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1469.857372"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="619.8013934"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="687.0137526"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1381.964141"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="616.9835046"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="648.0401643"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1330.074032"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="643.6498639"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="554.0558662"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1648.946899"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="944.3679735"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="825.2272962"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1493.664864"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="633.3222288"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="691.5927913"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1376.519638"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="621.1661155"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="647.4399578"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1295.0109"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="630.6754666"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="532.2517293"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1639.542196"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="911.8587734"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="796.9389372"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1498.432375"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="617.0013423"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="658.6891229"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1383.987501"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="611.070737"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="622.2607044"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1304.160603"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="631.3383435"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="540.6621803"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1669.17117"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="928.4085121"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="831.3158"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1528.871619"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="643.7122054"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="699.5942167"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1398.863604"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="627.3922898"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="655.9180616"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1302.347417"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="630.6835251"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="541.9497395"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1672.591729"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="946.3347653"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="831.5726861"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1539.029424"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="651.2568262"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="703.5861171"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1422.641284"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="642.0818539"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="665.5117493"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1341.475418"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="657.8921532"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="577.2365016"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1696.787515"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="972.5828974"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="841.1879864"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1569.751985"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="641.3465522"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="706.1782428"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1449.700002"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="638.090483"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="669.1928754"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1367.396629"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="664.200193"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="586.5875618"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1694.038435"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="963.3316959"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="840.2861687"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1569.292986"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="651.7658954"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="702.628349"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1467.554636"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="649.8143448"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="671.8049324"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1398.361938"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="678.8384284"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="615.4661562"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1731.605461"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="965.0108263"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="856.7416826"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1588.628146"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="660.2346313"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="730.8027098"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1471.24985"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="661.1721837"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="697.1145153"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1389.490579"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="696.259912"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="630.0018139"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1734.985916"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="983.9275861"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="868.5725796"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1579.732909"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="667.7071152"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="725.0559363"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1493.797587"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="667.4273263"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="697.1167901"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1442.561527"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="699.4269082"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="657.6188917"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1725.292086"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="998.223194"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="882.0020967"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1612.911994"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="679.7085023"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="738.9802357"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1499.788514"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="673.6023662"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="707.0858895"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1428.540619"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="692.6366285"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="650.1228822"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1755.585987"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="1004.732072"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="906.5092179"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1634.948416"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="685.3405598"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="750.537115"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1523.42435"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="684.4863168"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="720.2846459"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1456.750747"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="713.3481018"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="674.7158429"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1754.987231"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="991.0150044"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="906.8757549"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1655.236877"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="714.4351917"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="767.2341733"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1520.041487"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="706.0466196"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="735.029347"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1430.165157"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="709.6327721"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="681.6985607"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1744.21"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="1007.32"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="910.87"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1651.34"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="721.49"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1551.03"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="717.67"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="770.66"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1498.19"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="733.12"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="702.06"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1770.594157"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="1037.931763"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="926.6501509"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1675.702393"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="724.8551859"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="814.4261821"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1569.135249"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="723.1624164"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="777.6035016"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1512.797209"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="749.7718423"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="709.6983759"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1827.125999"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="1051.859948"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="936.3215038"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1695.146949"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="728.4344912"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="804.4014718"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1600.020446"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="734.0768155"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="772.6074063"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1556.03803"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="773.9268884"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="734.0461713"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1836.12"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="1039.23"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="930.91"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1720.24"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="759.81"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="834.12"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1605.6"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="761.99"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="798.17"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1543.99"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="786.95"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="742.12"/>
+  </r>
+</pivotCacheRecords>
 </file>