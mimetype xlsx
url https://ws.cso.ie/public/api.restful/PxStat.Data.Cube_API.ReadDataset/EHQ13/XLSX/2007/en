--- v1 (2026-01-25)
+++ v2 (2026-03-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53abdbe2b80f4a4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1a30c67e5b52417ab376b57f4e93c7b0.psmdcp" Id="Rc122f90dc46e4868" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f52e6a5f96741b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0fd839f16ae24458a981f51595cb5e1b.psmdcp" Id="R691b3969807a4099" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EHQ13</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Estimates of Average Earnings</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>25/11/2025 11:00:00</x:t>
+    <x:t>24/02/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Estimates in relation to Defence and public sector have been updated from Q2 2021 due to a revision in our input data processes. This update primarily impacts employment and job vacancy estimates and does not have a significant impact on previously published sectoral trends in relation to earnings.&lt;br&gt;&lt;br&gt;The Public Sector Pay Agreement 2024-2026 introduced an increase in the annualised basic salaries for public servants of 2.25%, which was backdated to 1 January 2024, with some or all backdated pay received in Q2 2024.&lt;br&gt;&lt;br&gt;ELC quarterly estimates were updated on 29/05/2024 to incorporate updated population estimates for the period 2016 Q3 to 2023 Q4, based on the results of Census 2022.&lt;br&gt;&lt;br&gt;The Building Momentum Public Service Agreement 2021-2022 introduced an increase in the annualised basic salaries for public servants of 3%, which was backdated to 02 February 2022, with some or all backdated pay received in Q4 2022.&lt;br&gt;&lt;br&gt;For more information, please go to the statistical release(https://www.cso.ie/en/statistics/earnings/earningsandlabourcosts/) page and Background Notes(https://www.cso.ie/en/methods/earnings/earningshoursandemploymentcostssurvey/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EHQ13/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>ELCQ</x:t>
   </x:si>
   <x:si>
     <x:t>EHECS Earnings Hours and Employment Costs Survey - Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -580,50 +580,56 @@
   </x:si>
   <x:si>
     <x:t>20243</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q3</x:t>
   </x:si>
   <x:si>
     <x:t>20244</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q4</x:t>
   </x:si>
   <x:si>
     <x:t>20251</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q1</x:t>
   </x:si>
   <x:si>
     <x:t>20252</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q2</x:t>
   </x:si>
+  <x:si>
+    <x:t>20253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025Q3</x:t>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -774,51 +780,51 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="10">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="61">
+      <items count="62">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -836,54 +842,55 @@
         <item x="36"/>
         <item x="37"/>
         <item x="38"/>
         <item x="39"/>
         <item x="40"/>
         <item x="41"/>
         <item x="42"/>
         <item x="43"/>
         <item x="44"/>
         <item x="45"/>
         <item x="46"/>
         <item x="47"/>
         <item x="48"/>
         <item x="49"/>
         <item x="50"/>
         <item x="51"/>
         <item x="52"/>
         <item x="53"/>
         <item x="54"/>
         <item x="55"/>
         <item x="56"/>
         <item x="57"/>
         <item x="58"/>
         <item x="59"/>
         <item x="60"/>
+        <item x="61"/>
       </items>
     </pivotField>
     <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="61">
+      <items count="62">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -901,50 +908,51 @@
         <item x="36"/>
         <item x="37"/>
         <item x="38"/>
         <item x="39"/>
         <item x="40"/>
         <item x="41"/>
         <item x="42"/>
         <item x="43"/>
         <item x="44"/>
         <item x="45"/>
         <item x="46"/>
         <item x="47"/>
         <item x="48"/>
         <item x="49"/>
         <item x="50"/>
         <item x="51"/>
         <item x="52"/>
         <item x="53"/>
         <item x="54"/>
         <item x="55"/>
         <item x="56"/>
         <item x="57"/>
         <item x="58"/>
         <item x="59"/>
         <item x="60"/>
+        <item x="61"/>
       </items>
     </pivotField>
     <pivotField name="C02665V03225" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="4">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
       </items>
     </pivotField>
     <pivotField name="Economic Sector NACE Rev 2" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="4">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
       </items>
     </pivotField>
     <pivotField name="C02397V02888" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="3">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
       </items>
     </pivotField>
@@ -959,52 +967,52 @@
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="8">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
     <field x="6"/>
     <field x="7"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="9"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J733" totalsRowShown="0">
-  <x:autoFilter ref="A1:J733"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J745" totalsRowShown="0">
+  <x:autoFilter ref="A1:J745"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C02665V03225"/>
     <x:tableColumn id="6" name="Economic Sector NACE Rev 2"/>
     <x:tableColumn id="7" name="C02397V02888"/>
     <x:tableColumn id="8" name="Type of Employee"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1507,51 +1515,51 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:J733"/>
+  <x:dimension ref="A1:J745"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="27.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="57.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="50.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="11.853482" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
@@ -24979,50 +24987,434 @@
         <x:v>4</x:v>
       </x:c>
       <x:c r="C733" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="D733" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="E733" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F733" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G733" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H733" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I733" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J733" s="0">
         <x:v>742.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="734" spans="1:10">
+      <x:c r="A734" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B734" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C734" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D734" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E734" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F734" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G734" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H734" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="I734" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J734" s="0">
+        <x:v>1835.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="735" spans="1:10">
+      <x:c r="A735" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B735" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C735" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D735" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E735" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F735" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G735" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H735" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I735" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J735" s="0">
+        <x:v>1044.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="736" spans="1:10">
+      <x:c r="A736" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B736" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C736" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D736" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E736" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F736" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G736" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H736" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I736" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J736" s="0">
+        <x:v>934.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="737" spans="1:10">
+      <x:c r="A737" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B737" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C737" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D737" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E737" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F737" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G737" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H737" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="I737" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J737" s="0">
+        <x:v>1719.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="738" spans="1:10">
+      <x:c r="A738" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B738" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C738" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D738" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E738" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F738" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G738" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H738" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I738" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J738" s="0">
+        <x:v>741.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="739" spans="1:10">
+      <x:c r="A739" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B739" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C739" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D739" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E739" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F739" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G739" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H739" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I739" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J739" s="0">
+        <x:v>830.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="740" spans="1:10">
+      <x:c r="A740" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B740" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C740" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D740" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E740" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F740" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G740" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H740" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="I740" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J740" s="0">
+        <x:v>1630.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="741" spans="1:10">
+      <x:c r="A741" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B741" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C741" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D741" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E741" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F741" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G741" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H741" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I741" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J741" s="0">
+        <x:v>754.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="742" spans="1:10">
+      <x:c r="A742" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B742" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C742" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D742" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E742" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F742" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G742" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H742" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I742" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J742" s="0">
+        <x:v>795.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="743" spans="1:10">
+      <x:c r="A743" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B743" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C743" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D743" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E743" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F743" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G743" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H743" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="I743" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J743" s="0">
+        <x:v>1601.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="744" spans="1:10">
+      <x:c r="A744" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B744" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C744" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D744" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E744" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F744" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G744" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H744" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I744" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J744" s="0">
+        <x:v>796.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="745" spans="1:10">
+      <x:c r="A745" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B745" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C745" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D745" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E745" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F745" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="G745" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H745" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I745" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="J745" s="0">
+        <x:v>749.4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -25068,51 +25460,51 @@
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EHQ13"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Estimates of Average Earnings"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
-      <x:sharedItems count="61">
+      <x:sharedItems count="62">
         <x:s v="20102"/>
         <x:s v="20103"/>
         <x:s v="20104"/>
         <x:s v="20111"/>
         <x:s v="20112"/>
         <x:s v="20113"/>
         <x:s v="20114"/>
         <x:s v="20121"/>
         <x:s v="20122"/>
         <x:s v="20123"/>
         <x:s v="20124"/>
         <x:s v="20131"/>
         <x:s v="20132"/>
         <x:s v="20133"/>
         <x:s v="20134"/>
         <x:s v="20141"/>
         <x:s v="20142"/>
         <x:s v="20143"/>
         <x:s v="20144"/>
         <x:s v="20151"/>
         <x:s v="20152"/>
         <x:s v="20153"/>
         <x:s v="20154"/>
         <x:s v="20161"/>
         <x:s v="20162"/>
@@ -25130,54 +25522,55 @@
         <x:s v="20192"/>
         <x:s v="20193"/>
         <x:s v="20194"/>
         <x:s v="20201"/>
         <x:s v="20202"/>
         <x:s v="20203"/>
         <x:s v="20204"/>
         <x:s v="20211"/>
         <x:s v="20212"/>
         <x:s v="20213"/>
         <x:s v="20214"/>
         <x:s v="20221"/>
         <x:s v="20222"/>
         <x:s v="20223"/>
         <x:s v="20224"/>
         <x:s v="20231"/>
         <x:s v="20232"/>
         <x:s v="20233"/>
         <x:s v="20234"/>
         <x:s v="20241"/>
         <x:s v="20242"/>
         <x:s v="20243"/>
         <x:s v="20244"/>
         <x:s v="20251"/>
         <x:s v="20252"/>
+        <x:s v="20253"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Quarter">
-      <x:sharedItems count="61">
+      <x:sharedItems count="62">
         <x:s v="2010Q2"/>
         <x:s v="2010Q3"/>
         <x:s v="2010Q4"/>
         <x:s v="2011Q1"/>
         <x:s v="2011Q2"/>
         <x:s v="2011Q3"/>
         <x:s v="2011Q4"/>
         <x:s v="2012Q1"/>
         <x:s v="2012Q2"/>
         <x:s v="2012Q3"/>
         <x:s v="2012Q4"/>
         <x:s v="2013Q1"/>
         <x:s v="2013Q2"/>
         <x:s v="2013Q3"/>
         <x:s v="2013Q4"/>
         <x:s v="2014Q1"/>
         <x:s v="2014Q2"/>
         <x:s v="2014Q3"/>
         <x:s v="2014Q4"/>
         <x:s v="2015Q1"/>
         <x:s v="2015Q2"/>
         <x:s v="2015Q3"/>
         <x:s v="2015Q4"/>
         <x:s v="2016Q1"/>
         <x:s v="2016Q2"/>
@@ -25195,89 +25588,90 @@
         <x:s v="2019Q2"/>
         <x:s v="2019Q3"/>
         <x:s v="2019Q4"/>
         <x:s v="2020Q1"/>
         <x:s v="2020Q2"/>
         <x:s v="2020Q3"/>
         <x:s v="2020Q4"/>
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
         <x:s v="2025Q2"/>
+        <x:s v="2025Q3"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02665V03225">
       <x:sharedItems count="4">
         <x:s v="Y0900"/>
         <x:s v="Y1740"/>
         <x:s v="Y1750"/>
         <x:s v="Y5000"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Economic Sector NACE Rev 2">
       <x:sharedItems count="4">
         <x:s v="Industry (B to E)"/>
         <x:s v="Business and services (B to N,R,S)"/>
         <x:s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
         <x:s v="Public administration, education and health (O to Q)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02397V02888">
       <x:sharedItems count="3">
         <x:s v="1"/>
         <x:s v="2"/>
         <x:s v="3"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Employee">
       <x:sharedItems count="3">
         <x:s v="Managers, professionals and associated professionals"/>
         <x:s v="Clerical, sales and service employees"/>
         <x:s v="Production, transport, craft and other manual workers"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Euro"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="417" maxValue="1836.12" count="730">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="417" maxValue="1836.12" count="742">
         <x:n v="1312.61"/>
         <x:n v="695.94"/>
         <x:n v="609.92"/>
         <x:n v="1113.74"/>
         <x:n v="437.24"/>
         <x:n v="518.03"/>
         <x:n v="1041.41"/>
         <x:n v="469.43"/>
         <x:n v="512.85"/>
         <x:n v="1007.71"/>
         <x:n v="581.03"/>
         <x:n v="501.65"/>
         <x:n v="1346.6"/>
         <x:n v="687.8"/>
         <x:n v="606.87"/>
         <x:n v="1151.83"/>
         <x:n v="447.03"/>
         <x:n v="503.89"/>
         <x:n v="1073.48"/>
         <x:n v="476.48"/>
         <x:n v="500.8"/>
         <x:n v="997.03"/>
         <x:n v="546.92"/>
         <x:n v="506.01"/>
         <x:n v="1330.04"/>
@@ -25964,50 +26358,62 @@
         <x:n v="709.6983759"/>
         <x:n v="1827.125999"/>
         <x:n v="1051.859948"/>
         <x:n v="936.3215038"/>
         <x:n v="1695.146949"/>
         <x:n v="728.4344912"/>
         <x:n v="804.4014718"/>
         <x:n v="1600.020446"/>
         <x:n v="734.0768155"/>
         <x:n v="772.6074063"/>
         <x:n v="1556.03803"/>
         <x:n v="773.9268884"/>
         <x:n v="734.0461713"/>
         <x:n v="1836.12"/>
         <x:n v="1039.23"/>
         <x:n v="930.91"/>
         <x:n v="1720.24"/>
         <x:n v="759.81"/>
         <x:n v="834.12"/>
         <x:n v="1605.6"/>
         <x:n v="761.99"/>
         <x:n v="798.17"/>
         <x:n v="1543.99"/>
         <x:n v="786.95"/>
         <x:n v="742.12"/>
+        <x:n v="1835.08"/>
+        <x:n v="1044.89"/>
+        <x:n v="934.55"/>
+        <x:n v="1719.51"/>
+        <x:n v="741.95"/>
+        <x:n v="830.01"/>
+        <x:n v="1630.89"/>
+        <x:n v="754.53"/>
+        <x:n v="795.87"/>
+        <x:n v="1601.42"/>
+        <x:n v="796.56"/>
+        <x:n v="749.4"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="EHQ13"/>
     <s v="Estimates of Average Earnings"/>
     <s v="20102"/>
     <s v="2010Q2"/>
     <s v="Y0900"/>
     <s v="Industry (B to E)"/>
     <s v="1"/>
     <s v="Managers, professionals and associated professionals"/>
     <s v="Euro"/>
     <n v="1312.61"/>
   </r>
   <r>
     <s v="EHQ13"/>
     <s v="Estimates of Average Earnings"/>
     <s v="20102"/>
     <s v="2010Q2"/>
@@ -34756,27 +35162,171 @@
   </r>
   <r>
     <s v="EHQ13"/>
     <s v="Estimates of Average Earnings"/>
     <s v="20252"/>
     <s v="2025Q2"/>
     <s v="Y5000"/>
     <s v="Public administration, education and health (O to Q)"/>
     <s v="2"/>
     <s v="Clerical, sales and service employees"/>
     <s v="Euro"/>
     <n v="786.95"/>
   </r>
   <r>
     <s v="EHQ13"/>
     <s v="Estimates of Average Earnings"/>
     <s v="20252"/>
     <s v="2025Q2"/>
     <s v="Y5000"/>
     <s v="Public administration, education and health (O to Q)"/>
     <s v="3"/>
     <s v="Production, transport, craft and other manual workers"/>
     <s v="Euro"/>
     <n v="742.12"/>
   </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1835.08"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="1044.89"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="934.55"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1719.51"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="741.95"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="Y1740"/>
+    <s v="Business and services (B to N,R,S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="830.01"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1630.89"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="754.53"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="Y1750"/>
+    <s v="All NACE economic sectors excluding activities A,T and U (B to S)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="795.87"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="1"/>
+    <s v="Managers, professionals and associated professionals"/>
+    <s v="Euro"/>
+    <n v="1601.42"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="2"/>
+    <s v="Clerical, sales and service employees"/>
+    <s v="Euro"/>
+    <n v="796.56"/>
+  </r>
+  <r>
+    <s v="EHQ13"/>
+    <s v="Estimates of Average Earnings"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="Y5000"/>
+    <s v="Public administration, education and health (O to Q)"/>
+    <s v="3"/>
+    <s v="Production, transport, craft and other manual workers"/>
+    <s v="Euro"/>
+    <n v="749.4"/>
+  </r>
 </pivotCacheRecords>
 </file>