--- v0 (2025-11-08)
+++ v1 (2026-01-27)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbf68e61f256455c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/edb31b5368b742cd8a754a949561d3f0.psmdcp" Id="R4ecf7852491f4f07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02fc0e0f9f9b480c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17eecfa2b88143639a43c9eb78e980ee.psmdcp" Id="R5d396cabdb584666" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EHQ12</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees (Base 2000=100)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/26/2025 11:00:00 AM</x:t>
+    <x:t>25/11/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Data for the latest quarter is preliminary and subject to revision.&lt;br&gt;&lt;br&gt;Estimates in relation to Defence and public sector have been updated from Q2 2021 due to a revision in our input data processes. This update primarily impacts employment and job vacancy estimates and does not have a significant impact on previously published sectoral trends in relation to earnings.&lt;br&gt;&lt;br&gt;The Public Sector Pay Agreement 2024-2026 introduced an increase in the annualised basic salaries for public servants of 2.25%, which was backdated to 1 January 2024, with some or all backdated pay received in Q2 2024.&lt;br&gt;&lt;br&gt;ELC quarterly estimates were updated on 29/05/2024 to incorporate updated population estimates for the period 2016 Q3 to 2023 Q4, based on the results of Census 2022.&lt;br&gt;&lt;br&gt;The Building Momentum Public Service Agreement 2021-2022 introduced an increase in the annualised basic salaries for public servants of 3%, which was backdated to 02 February 2022, with some or all backdated pay received in Q4 2022.&lt;br&gt;&lt;br&gt;For more information, please go to the statistical release(https://www.cso.ie/en/statistics/earnings/earningsandlabourcosts/) page and Background Notes(https://www.cso.ie/en/methods/earnings/earningshoursandemploymentcostssurvey/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EHQ12/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>ELCQ</x:t>
   </x:si>
   <x:si>
     <x:t>EHECS Earnings Hours and Employment Costs Survey - Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Sabrina Bowen</x:t>
+    <x:t>Niall O'Sullivan</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>earnings@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5151</x:t>
+    <x:t>(+353) 21 453 5488</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -624,50 +624,56 @@
     <x:t>2024Q2</x:t>
   </x:si>
   <x:si>
     <x:t>20243</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q3</x:t>
   </x:si>
   <x:si>
     <x:t>20244</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q4</x:t>
   </x:si>
   <x:si>
     <x:t>20251</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q1</x:t>
   </x:si>
   <x:si>
     <x:t>20252</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025Q3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -805,744 +811,259 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...687 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="73">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="73">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02665V03225" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Economic Sector NACE Rev 2" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H289" totalsRowShown="0">
-  <x:autoFilter ref="A1:H289"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H293" totalsRowShown="0">
+  <x:autoFilter ref="A1:H293"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C02665V03225"/>
     <x:tableColumn id="6" name="Economic Sector NACE Rev 2"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1806,51 +1327,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EHQ12/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2039,55 +1560,55 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H289"/>
+  <x:dimension ref="A1:H293"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="110.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="49.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -9492,144 +9013,248 @@
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H286" s="0">
-        <x:v>142.9</x:v>
+        <x:v>143.6</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H287" s="0">
-        <x:v>274.9</x:v>
+        <x:v>277.2</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H288" s="0">
-        <x:v>145.4</x:v>
+        <x:v>144.9</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H289" s="0">
-        <x:v>181</x:v>
+        <x:v>168.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="290" spans="1:8">
+      <x:c r="A290" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B290" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C290" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="D290" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="E290" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F290" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G290" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H290" s="0">
+        <x:v>145.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="291" spans="1:8">
+      <x:c r="A291" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B291" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C291" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="D291" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="E291" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F291" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G291" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H291" s="0">
+        <x:v>273.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="292" spans="1:8">
+      <x:c r="A292" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B292" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C292" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="D292" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="E292" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F292" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G292" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H292" s="0">
+        <x:v>146.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="293" spans="1:8">
+      <x:c r="A293" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B293" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C293" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="D293" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="E293" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F293" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G293" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H293" s="0">
+        <x:v>174.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9646,65 +9271,65 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H289" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EHQ12"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
-      <x:sharedItems count="72">
+      <x:sharedItems count="73">
         <x:s v="20073"/>
         <x:s v="20074"/>
         <x:s v="20081"/>
         <x:s v="20082"/>
         <x:s v="20083"/>
         <x:s v="20084"/>
         <x:s v="20091"/>
         <x:s v="20092"/>
         <x:s v="20093"/>
         <x:s v="20094"/>
         <x:s v="20101"/>
         <x:s v="20102"/>
         <x:s v="20103"/>
         <x:s v="20104"/>
         <x:s v="20111"/>
         <x:s v="20112"/>
         <x:s v="20113"/>
         <x:s v="20114"/>
         <x:s v="20121"/>
         <x:s v="20122"/>
         <x:s v="20123"/>
         <x:s v="20124"/>
         <x:s v="20131"/>
         <x:s v="20132"/>
         <x:s v="20133"/>
@@ -9733,54 +9358,55 @@
         <x:s v="20192"/>
         <x:s v="20193"/>
         <x:s v="20194"/>
         <x:s v="20201"/>
         <x:s v="20202"/>
         <x:s v="20203"/>
         <x:s v="20204"/>
         <x:s v="20211"/>
         <x:s v="20212"/>
         <x:s v="20213"/>
         <x:s v="20214"/>
         <x:s v="20221"/>
         <x:s v="20222"/>
         <x:s v="20223"/>
         <x:s v="20224"/>
         <x:s v="20231"/>
         <x:s v="20232"/>
         <x:s v="20233"/>
         <x:s v="20234"/>
         <x:s v="20241"/>
         <x:s v="20242"/>
         <x:s v="20243"/>
         <x:s v="20244"/>
         <x:s v="20251"/>
         <x:s v="20252"/>
+        <x:s v="20253"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Quarter">
-      <x:sharedItems count="72">
+      <x:sharedItems count="73">
         <x:s v="2007Q3"/>
         <x:s v="2007Q4"/>
         <x:s v="2008Q1"/>
         <x:s v="2008Q2"/>
         <x:s v="2008Q3"/>
         <x:s v="2008Q4"/>
         <x:s v="2009Q1"/>
         <x:s v="2009Q2"/>
         <x:s v="2009Q3"/>
         <x:s v="2009Q4"/>
         <x:s v="2010Q1"/>
         <x:s v="2010Q2"/>
         <x:s v="2010Q3"/>
         <x:s v="2010Q4"/>
         <x:s v="2011Q1"/>
         <x:s v="2011Q2"/>
         <x:s v="2011Q3"/>
         <x:s v="2011Q4"/>
         <x:s v="2012Q1"/>
         <x:s v="2012Q2"/>
         <x:s v="2012Q3"/>
         <x:s v="2012Q4"/>
         <x:s v="2013Q1"/>
         <x:s v="2013Q2"/>
         <x:s v="2013Q3"/>
@@ -9809,50 +9435,51 @@
         <x:s v="2019Q2"/>
         <x:s v="2019Q3"/>
         <x:s v="2019Q4"/>
         <x:s v="2020Q1"/>
         <x:s v="2020Q2"/>
         <x:s v="2020Q3"/>
         <x:s v="2020Q4"/>
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
         <x:s v="2025Q2"/>
+        <x:s v="2025Q3"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02665V03225">
       <x:sharedItems count="4">
         <x:s v="C"/>
         <x:s v="K"/>
         <x:s v="Y0900"/>
         <x:s v="Y1900"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Economic Sector NACE Rev 2">
       <x:sharedItems count="4">
         <x:s v="Manufacturing (C)"/>
         <x:s v="Financial and insurance activities (K)"/>
         <x:s v="Industry (B to E)"/>
         <x:s v="Electricity, water supply and waste management (D,E)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Base 2000=100"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
       <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="136.9" maxValue="292.1" count="205">
@@ -10036,37 +9663,2958 @@
         <x:n v="149.3"/>
         <x:n v="185.2"/>
         <x:n v="186.8"/>
         <x:n v="286.3"/>
         <x:n v="150.1"/>
         <x:n v="182.7"/>
         <x:n v="167.2"/>
         <x:n v="283"/>
         <x:n v="192.1"/>
         <x:n v="276.6"/>
         <x:n v="182.4"/>
         <x:n v="144.9"/>
         <x:n v="292.1"/>
         <x:n v="181.1"/>
         <x:n v="291"/>
         <x:n v="149"/>
         <x:n v="282.4"/>
         <x:n v="181.7"/>
         <x:n v="147.3"/>
         <x:n v="275.8"/>
         <x:n v="172.2"/>
         <x:n v="188.6"/>
         <x:n v="146"/>
         <x:n v="290.5"/>
         <x:n v="194.7"/>
-        <x:n v="142.9"/>
-[...1 lines deleted...]
-        <x:n v="181"/>
+        <x:n v="168.3"/>
+        <x:n v="273.6"/>
+        <x:n v="174.1"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="139.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="255.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="141.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="172.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="145.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="265.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="147.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="177.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="143.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="268.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="146.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="180.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="145.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="269.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="145.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="269.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="147.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="181.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="149.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="275.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="151.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="180.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="277.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="146.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="183.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="149.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="180.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="142.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="277.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="144.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="172.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="148.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="150.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="182.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="138.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="279.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="140.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="174.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="149.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="280.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="150.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="178.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="145.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="276.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="147.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="176.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="145.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="279.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="146.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="174.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="139.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="275.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="181.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="147.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="279.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="149.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="174.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="143.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="278.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="145.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="178.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="144.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="281.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="146.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="184.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="142.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="278.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="143.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="279.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="146.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="178.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="142.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="280.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="144.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="174.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="143.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="282.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="146.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="180.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="277.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="143.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="170.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="281.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="145.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="174.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="144.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="274.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="179.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="146.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="280.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="147.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="174.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="143.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="146.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="190.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="145.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="280.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="146.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="142.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="277.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="144.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="147.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="280.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="148.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="176.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="143.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="279.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="145.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="177.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="145.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="288.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="147.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="174.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="142.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="282.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="144.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="179.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="146.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="277.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="148.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="141.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="278.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="180.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="144.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="281.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="146.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="173.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="142.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="276.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="145.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="182.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="144.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="280.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="147.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="186.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="142.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="281.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="144.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="172.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="145.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="281.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="147.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="174.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="142.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="277.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="144.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="146.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="279.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="148.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="179.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="289.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="143.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="172.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="145.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="281.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="179.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="142.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="278.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="144.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="145.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="281.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="147.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="179.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="141.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="284.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="143.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="171.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="145.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="279.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="147.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="179.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="142.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="284.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="145.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="186.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="146.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="278.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="147.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="172.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="141.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="277.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="143.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="181.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="139.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="288.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="141.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="171.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="149.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="277.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="151.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="182.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="154.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="284.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="156.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="191.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="136.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="277.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="149.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="281.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="150.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="178.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="146.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="276.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="148.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="177.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="146.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="283.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="148.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="140.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="281.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="141.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="168.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="284.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="149.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="185.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="143.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="277.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="146.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="186.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="148.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="286.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="150.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="182.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="289.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="145.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="167.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="145.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="148.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="192.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="144.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="276.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="146.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="182.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="144.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="292.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="146.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="181.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="148.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="168.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="143.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="282.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="145.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="181.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="147.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="275.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="148.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="172.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="145.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="283.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="148.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="188.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="290.5"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="149.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="194.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="143.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="277.2"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="144.9"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="168.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="145.3"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="273.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="146.8"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="174.1"/>
+  </r>
+</pivotCacheRecords>
 </file>