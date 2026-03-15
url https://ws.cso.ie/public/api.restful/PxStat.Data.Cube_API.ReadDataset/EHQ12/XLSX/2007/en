--- v1 (2026-01-27)
+++ v2 (2026-03-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02fc0e0f9f9b480c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17eecfa2b88143639a43c9eb78e980ee.psmdcp" Id="R5d396cabdb584666" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7df79368f2864dda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a4c523b9972470fb193d43e9c1a7bb5.psmdcp" Id="Ra0ea1de8f9e04942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EHQ12</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees (Base 2000=100)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>25/11/2025 11:00:00</x:t>
+    <x:t>24/02/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Data for the latest quarter is preliminary and subject to revision.&lt;br&gt;&lt;br&gt;Estimates in relation to Defence and public sector have been updated from Q2 2021 due to a revision in our input data processes. This update primarily impacts employment and job vacancy estimates and does not have a significant impact on previously published sectoral trends in relation to earnings.&lt;br&gt;&lt;br&gt;The Public Sector Pay Agreement 2024-2026 introduced an increase in the annualised basic salaries for public servants of 2.25%, which was backdated to 1 January 2024, with some or all backdated pay received in Q2 2024.&lt;br&gt;&lt;br&gt;ELC quarterly estimates were updated on 29/05/2024 to incorporate updated population estimates for the period 2016 Q3 to 2023 Q4, based on the results of Census 2022.&lt;br&gt;&lt;br&gt;The Building Momentum Public Service Agreement 2021-2022 introduced an increase in the annualised basic salaries for public servants of 3%, which was backdated to 02 February 2022, with some or all backdated pay received in Q4 2022.&lt;br&gt;&lt;br&gt;For more information, please go to the statistical release(https://www.cso.ie/en/statistics/earnings/earningsandlabourcosts/) page and Background Notes(https://www.cso.ie/en/methods/earnings/earningshoursandemploymentcostssurvey/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EHQ12/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>ELCQ</x:t>
   </x:si>
   <x:si>
     <x:t>EHECS Earnings Hours and Employment Costs Survey - Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -630,50 +630,56 @@
     <x:t>2024Q3</x:t>
   </x:si>
   <x:si>
     <x:t>20244</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q4</x:t>
   </x:si>
   <x:si>
     <x:t>20251</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q1</x:t>
   </x:si>
   <x:si>
     <x:t>20252</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q2</x:t>
   </x:si>
   <x:si>
     <x:t>20253</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025Q4</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -825,51 +831,51 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="8">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="73">
+      <items count="74">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -899,54 +905,55 @@
         <item x="48"/>
         <item x="49"/>
         <item x="50"/>
         <item x="51"/>
         <item x="52"/>
         <item x="53"/>
         <item x="54"/>
         <item x="55"/>
         <item x="56"/>
         <item x="57"/>
         <item x="58"/>
         <item x="59"/>
         <item x="60"/>
         <item x="61"/>
         <item x="62"/>
         <item x="63"/>
         <item x="64"/>
         <item x="65"/>
         <item x="66"/>
         <item x="67"/>
         <item x="68"/>
         <item x="69"/>
         <item x="70"/>
         <item x="71"/>
         <item x="72"/>
+        <item x="73"/>
       </items>
     </pivotField>
     <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="73">
+      <items count="74">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -976,94 +983,95 @@
         <item x="48"/>
         <item x="49"/>
         <item x="50"/>
         <item x="51"/>
         <item x="52"/>
         <item x="53"/>
         <item x="54"/>
         <item x="55"/>
         <item x="56"/>
         <item x="57"/>
         <item x="58"/>
         <item x="59"/>
         <item x="60"/>
         <item x="61"/>
         <item x="62"/>
         <item x="63"/>
         <item x="64"/>
         <item x="65"/>
         <item x="66"/>
         <item x="67"/>
         <item x="68"/>
         <item x="69"/>
         <item x="70"/>
         <item x="71"/>
         <item x="72"/>
+        <item x="73"/>
       </items>
     </pivotField>
     <pivotField name="C02665V03225" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="4">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
       </items>
     </pivotField>
     <pivotField name="Economic Sector NACE Rev 2" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="4">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
       </items>
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="6">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="7"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H293" totalsRowShown="0">
-  <x:autoFilter ref="A1:H293"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H297" totalsRowShown="0">
+  <x:autoFilter ref="A1:H297"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C02665V03225"/>
     <x:tableColumn id="6" name="Economic Sector NACE Rev 2"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1564,51 +1572,51 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H293"/>
+  <x:dimension ref="A1:H297"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="110.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="49.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -9117,129 +9125,233 @@
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H290" s="0">
-        <x:v>145.3</x:v>
+        <x:v>144.9</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H291" s="0">
-        <x:v>273.6</x:v>
+        <x:v>275.5</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H292" s="0">
-        <x:v>146.8</x:v>
+        <x:v>146.7</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H293" s="0">
-        <x:v>174.1</x:v>
+        <x:v>177.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="294" spans="1:8">
+      <x:c r="A294" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B294" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C294" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="D294" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="E294" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F294" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G294" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H294" s="0">
+        <x:v>143.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="295" spans="1:8">
+      <x:c r="A295" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B295" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C295" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="D295" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="E295" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F295" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G295" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H295" s="0">
+        <x:v>282.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="296" spans="1:8">
+      <x:c r="A296" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B296" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C296" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="D296" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="E296" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F296" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G296" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H296" s="0">
+        <x:v>146.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="297" spans="1:8">
+      <x:c r="A297" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B297" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C297" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="D297" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="E297" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F297" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G297" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H297" s="0">
+        <x:v>181.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -9285,51 +9397,51 @@
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EHQ12"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
-      <x:sharedItems count="73">
+      <x:sharedItems count="74">
         <x:s v="20073"/>
         <x:s v="20074"/>
         <x:s v="20081"/>
         <x:s v="20082"/>
         <x:s v="20083"/>
         <x:s v="20084"/>
         <x:s v="20091"/>
         <x:s v="20092"/>
         <x:s v="20093"/>
         <x:s v="20094"/>
         <x:s v="20101"/>
         <x:s v="20102"/>
         <x:s v="20103"/>
         <x:s v="20104"/>
         <x:s v="20111"/>
         <x:s v="20112"/>
         <x:s v="20113"/>
         <x:s v="20114"/>
         <x:s v="20121"/>
         <x:s v="20122"/>
         <x:s v="20123"/>
         <x:s v="20124"/>
         <x:s v="20131"/>
         <x:s v="20132"/>
         <x:s v="20133"/>
@@ -9359,54 +9471,55 @@
         <x:s v="20193"/>
         <x:s v="20194"/>
         <x:s v="20201"/>
         <x:s v="20202"/>
         <x:s v="20203"/>
         <x:s v="20204"/>
         <x:s v="20211"/>
         <x:s v="20212"/>
         <x:s v="20213"/>
         <x:s v="20214"/>
         <x:s v="20221"/>
         <x:s v="20222"/>
         <x:s v="20223"/>
         <x:s v="20224"/>
         <x:s v="20231"/>
         <x:s v="20232"/>
         <x:s v="20233"/>
         <x:s v="20234"/>
         <x:s v="20241"/>
         <x:s v="20242"/>
         <x:s v="20243"/>
         <x:s v="20244"/>
         <x:s v="20251"/>
         <x:s v="20252"/>
         <x:s v="20253"/>
+        <x:s v="20254"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Quarter">
-      <x:sharedItems count="73">
+      <x:sharedItems count="74">
         <x:s v="2007Q3"/>
         <x:s v="2007Q4"/>
         <x:s v="2008Q1"/>
         <x:s v="2008Q2"/>
         <x:s v="2008Q3"/>
         <x:s v="2008Q4"/>
         <x:s v="2009Q1"/>
         <x:s v="2009Q2"/>
         <x:s v="2009Q3"/>
         <x:s v="2009Q4"/>
         <x:s v="2010Q1"/>
         <x:s v="2010Q2"/>
         <x:s v="2010Q3"/>
         <x:s v="2010Q4"/>
         <x:s v="2011Q1"/>
         <x:s v="2011Q2"/>
         <x:s v="2011Q3"/>
         <x:s v="2011Q4"/>
         <x:s v="2012Q1"/>
         <x:s v="2012Q2"/>
         <x:s v="2012Q3"/>
         <x:s v="2012Q4"/>
         <x:s v="2013Q1"/>
         <x:s v="2013Q2"/>
         <x:s v="2013Q3"/>
@@ -9436,50 +9549,51 @@
         <x:s v="2019Q3"/>
         <x:s v="2019Q4"/>
         <x:s v="2020Q1"/>
         <x:s v="2020Q2"/>
         <x:s v="2020Q3"/>
         <x:s v="2020Q4"/>
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
         <x:s v="2025Q2"/>
         <x:s v="2025Q3"/>
+        <x:s v="2025Q4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02665V03225">
       <x:sharedItems count="4">
         <x:s v="C"/>
         <x:s v="K"/>
         <x:s v="Y0900"/>
         <x:s v="Y1900"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Economic Sector NACE Rev 2">
       <x:sharedItems count="4">
         <x:s v="Manufacturing (C)"/>
         <x:s v="Financial and insurance activities (K)"/>
         <x:s v="Industry (B to E)"/>
         <x:s v="Electricity, water supply and waste management (D,E)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Base 2000=100"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
       <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="136.9" maxValue="292.1" count="205">
@@ -9664,52 +9778,52 @@
         <x:n v="185.2"/>
         <x:n v="186.8"/>
         <x:n v="286.3"/>
         <x:n v="150.1"/>
         <x:n v="182.7"/>
         <x:n v="167.2"/>
         <x:n v="283"/>
         <x:n v="192.1"/>
         <x:n v="276.6"/>
         <x:n v="182.4"/>
         <x:n v="144.9"/>
         <x:n v="292.1"/>
         <x:n v="181.1"/>
         <x:n v="291"/>
         <x:n v="149"/>
         <x:n v="282.4"/>
         <x:n v="181.7"/>
         <x:n v="147.3"/>
         <x:n v="275.8"/>
         <x:n v="172.2"/>
         <x:n v="188.6"/>
         <x:n v="146"/>
         <x:n v="290.5"/>
         <x:n v="194.7"/>
         <x:n v="168.3"/>
-        <x:n v="273.6"/>
-        <x:n v="174.1"/>
+        <x:n v="275.5"/>
+        <x:n v="282.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="EHQ12"/>
     <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
     <s v="20073"/>
     <s v="2007Q3"/>
     <s v="C"/>
     <s v="Manufacturing (C)"/>
     <s v="Base 2000=100"/>
     <n v="139.5"/>
   </r>
   <r>
     <s v="EHQ12"/>
     <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
     <s v="20073"/>
     <s v="2007Q3"/>
     <s v="K"/>
     <s v="Financial and insurance activities (K)"/>
@@ -12562,59 +12676,99 @@
     <s v="20252"/>
     <s v="2025Q2"/>
     <s v="Y0900"/>
     <s v="Industry (B to E)"/>
     <s v="Base 2000=100"/>
     <n v="144.9"/>
   </r>
   <r>
     <s v="EHQ12"/>
     <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
     <s v="20252"/>
     <s v="2025Q2"/>
     <s v="Y1900"/>
     <s v="Electricity, water supply and waste management (D,E)"/>
     <s v="Base 2000=100"/>
     <n v="168.3"/>
   </r>
   <r>
     <s v="EHQ12"/>
     <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
     <s v="20253"/>
     <s v="2025Q3"/>
     <s v="C"/>
     <s v="Manufacturing (C)"/>
     <s v="Base 2000=100"/>
-    <n v="145.3"/>
+    <n v="144.9"/>
   </r>
   <r>
     <s v="EHQ12"/>
     <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
     <s v="20253"/>
     <s v="2025Q3"/>
     <s v="K"/>
     <s v="Financial and insurance activities (K)"/>
     <s v="Base 2000=100"/>
-    <n v="273.6"/>
+    <n v="275.5"/>
   </r>
   <r>
     <s v="EHQ12"/>
     <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
     <s v="20253"/>
     <s v="2025Q3"/>
     <s v="Y0900"/>
     <s v="Industry (B to E)"/>
     <s v="Base 2000=100"/>
-    <n v="146.8"/>
+    <n v="146.7"/>
   </r>
   <r>
     <s v="EHQ12"/>
     <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
     <s v="20253"/>
     <s v="2025Q3"/>
     <s v="Y1900"/>
     <s v="Electricity, water supply and waste management (D,E)"/>
     <s v="Base 2000=100"/>
-    <n v="174.1"/>
+    <n v="177.4"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Base 2000=100"/>
+    <n v="143.6"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Base 2000=100"/>
+    <n v="282.7"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Base 2000=100"/>
+    <n v="146.1"/>
+  </r>
+  <r>
+    <s v="EHQ12"/>
+    <s v="Indices of Average Earnings and Hours Worked excluding Irregular Earnings for Enterprises with greater than 10 employees"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="Y1900"/>
+    <s v="Electricity, water supply and waste management (D,E)"/>
+    <s v="Base 2000=100"/>
+    <n v="181.1"/>
   </r>
 </pivotCacheRecords>
 </file>