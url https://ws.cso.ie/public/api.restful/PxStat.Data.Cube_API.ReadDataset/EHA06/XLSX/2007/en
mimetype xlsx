--- v0 (2025-11-08)
+++ v1 (2026-01-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eb7375ed81b4abb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3477fbda75004fae82913c998382d4a8.psmdcp" Id="R57b0a977e2b04911" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b0e3aa5a8544b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b15cc5099f244de89f304d7791b34721.psmdcp" Id="Rbd3bf27b216e4f8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EHA06</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Other Labour Costs Components for All Employees</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/4/2025 11:00:00 AM</x:t>
+    <x:t>04/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>.. indicates that the observation is missing or falls under the limit of discretion/uncertainty.&lt;br&gt;For more information, please go to the statistical release page(https://www.cso.ie/en/statistics/earnings/earningsandlabourcosts/) on our website&lt;br&gt;&lt;br&gt;ELC annual estimates were updated on 25 June 2024 to incorporate updated population estimates for the period 2016 to 2023, based on the results of Census 2022. ELC results are updated in this way following each Census of Population. For further information see Background Notes.(https://www.cso.ie/en/releasesandpublications/ep/p-elcq/earningsandlabourcostsq42023finalq12024preliminaryestimates/backgroundnotes/)&lt;br&gt;&lt;br&gt;25 June 2024 - The classification code for Arts, entertainment, recreation and other service activities (R,S) was updated due to a typo.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EHA06/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>ELCA</x:t>
   </x:si>
   <x:si>
     <x:t>EHECS Earnings Hours and Employment Costs Survey - Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -511,411 +511,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...359 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02665V03225" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="NACE Rev 2 Economic Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1191" totalsRowShown="0">
   <x:autoFilter ref="A1:H1191"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02665V03225"/>
     <x:tableColumn id="6" name="NACE Rev 2 Economic Sector"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1184,51 +943,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EHA06/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1417,51 +1176,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1191"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="39.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -32415,51 +32174,51 @@
       <x:c r="E1191" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F1191" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G1191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1191" s="0">
         <x:v>5335</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -32476,51 +32235,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1191" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="5">
         <x:s v="EHA06C01"/>
         <x:s v="EHA06C02"/>
         <x:s v="EHA06C03"/>
         <x:s v="EHA06C04"/>
         <x:s v="EHA06C05"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="5">
         <x:s v="Average Statutory Social Contributions"/>
         <x:s v="Average Non Statutory Social Contributions"/>
         <x:s v="Average Other Expenses"/>
         <x:s v="Average Benefits in Kind"/>
         <x:s v="Average Other Labour Costs"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="17">
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
@@ -33587,27 +33346,11928 @@
         <x:n v="5288"/>
         <x:n v="11379"/>
         <x:n v="17474"/>
         <x:n v="4948"/>
         <x:n v="8849"/>
         <x:n v="7493"/>
         <x:n v="6477"/>
         <x:n v="7961"/>
         <x:n v="2576"/>
         <x:n v="27369"/>
         <x:n v="11856"/>
         <x:n v="7143"/>
         <x:n v="6214"/>
         <x:n v="6239"/>
         <x:n v="5643"/>
         <x:n v="12575"/>
         <x:n v="18387"/>
         <x:n v="5335"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="3250"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="3579"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="2566"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="3593"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="4538"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="3866"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="3181"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="3064"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3282"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4007"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="5439"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="2431"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="3157"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="3307"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="3390"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="4403"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="3743"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="3153"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3256"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4012"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="5050"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="2249"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="3101"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="3227"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1563"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="4504"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="3618"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="2417"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="3020"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="3012"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3110"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4002"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="5198"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="2231"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="3133"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="3069"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="4638"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="3545"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="3110"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="3192"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3193"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4130"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="5248"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="3198"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="3032"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="2369"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="3403"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="5067"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="3819"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="2411"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="3372"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="3313"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3211"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4283"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="5311"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="3205"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="3076"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="3504"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="5214"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="3928"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="3432"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="3296"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4291"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="5376"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="3333"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="3356"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="2555"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="3570"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="5434"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="3897"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="3504"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="3303"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3223"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4475"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="5460"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="2370"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="3316"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="3568"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="5786"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="3989"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="3590"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="3410"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3270"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4466"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="5472"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="3478"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="3472"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="2736"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="3532"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="5811"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="4201"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="2654"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="3655"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="3489"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3338"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4562"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="5667"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="3560"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="3453"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="2814"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="3591"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="5892"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="4373"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="2805"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="3840"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="3645"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3457"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4631"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="5734"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="2319"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="3709"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="3693"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="2870"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="3926"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="6249"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="4536"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="4036"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="3841"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3609"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4790"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="6095"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="2448"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="3887"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="3731"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="2995"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="3947"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="6597"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="4759"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="3207"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="4275"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="3993"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3780"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4894"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="6340"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="2580"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="4022"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="3641"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="3773"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="6900"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="4663"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="3217"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="4503"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="4238"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3933"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4896"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="6467"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="2630"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="4327"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="4070"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="3805"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="7431"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="5285"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="3538"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="4673"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="4488"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="4118"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="5165"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="6821"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="2886"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="4515"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="4305"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="3276"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="4118"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1979"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="8208"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="5541"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="3594"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="4919"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="4576"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="4312"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="5370"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="7151"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="3060"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="4737"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="4476"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="3371"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="4282"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="8713"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="5832"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="3738"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="5313"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="4818"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="4508"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="5763"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="7483"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="3226"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="5051"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="4886"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="3585"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="4476"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="2231"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="9256"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="6141"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="3965"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="5631"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="5127"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="4854"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="6108"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="7835"/>
+  </r>
+  <r>
+    <s v="EHA06C01"/>
+    <s v="Average Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="3288"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="3313"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="3318"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="5275"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4137"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="6208"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="3704"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="3951"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="5275"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="3373"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="5345"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="6731"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="3407"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="4900"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="2357"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4288"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="6762"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="3006"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="4533"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="2121"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="3626"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="5785"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="4039"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="4268"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="2222"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="3836"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="6830"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="3198"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="6862"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="2226"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4251"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="7173"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="3983"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4310"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="6751"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="2658"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="4187"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4184"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="6448"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="2532"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="4200"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="2173"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4577"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="6422"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="2562"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="4032"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4230"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="7310"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="1660"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="2608"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="4414"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4055"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="6991"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="2563"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="4223"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="2273"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4694"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="7518"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="1969"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="4532"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="3024"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4010"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="7553"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="2013"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="4874"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4128"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="8741"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="4917"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4269"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="7518"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="2177"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="3074"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="6063"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="3864"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4233"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="8101"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="2397"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="2871"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="6548"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="4027"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="4955"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="8421"/>
+  </r>
+  <r>
+    <s v="EHA06C02"/>
+    <s v="Average Non Statutory Social Contributions"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="EHA06C03"/>
+    <s v="Average Other Expenses"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1903"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1932"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="2740"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="2591"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="4024"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="7138"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="5033"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="7168"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="10731"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="EHA06C04"/>
+    <s v="Average Benefits in Kind"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="5912"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="7100"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="4532"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="7318"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="2258"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="10773"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="8565"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="4170"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="3938"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="3803"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="4281"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="8678"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="13321"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="3697"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="5959"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="7174"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="4162"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="7524"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="2047"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="10461"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="7631"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="3837"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="3775"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="3699"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="4490"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="9791"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="14376"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="3694"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="5377"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="5601"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="4045"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="6917"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1822"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="10278"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="6629"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="3324"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="3469"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="3613"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3859"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="8907"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="13045"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="3256"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="5165"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="4781"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="3939"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="6772"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="10397"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="6306"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="3183"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="3452"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="3933"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3573"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="8544"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="11889"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="3358"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="5510"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="4521"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="4262"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="7940"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="10908"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="6886"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="3497"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="3685"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="4300"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3788"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="9031"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="13162"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="3422"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="5637"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="4521"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="4082"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="7232"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="14132"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="7063"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="3542"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="3810"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="4259"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3647"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="9369"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="13671"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="3852"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="5598"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="4897"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="4293"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="6744"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="11704"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="6397"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="3708"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="3935"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="4212"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3752"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="9558"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="13507"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="3844"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="5715"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="4623"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="4438"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="6780"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="13105"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="6705"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="3805"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="4045"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="4341"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3878"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="9471"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="13286"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="3882"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="5881"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="4864"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="4581"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="6572"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1803"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="13229"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="7331"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="3777"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="4074"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="4469"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3907"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="9986"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="13364"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="4038"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="6004"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="4780"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="4872"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="6662"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1885"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="13532"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="7688"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="4167"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="4279"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="4556"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="4034"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="9785"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="14267"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="3733"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="6080"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="5055"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="4932"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="7079"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="1958"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="13926"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="7437"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="4182"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="4519"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="4665"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="4157"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="9908"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="14952"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="3563"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="6425"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="5204"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="5040"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="7097"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="13966"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="8049"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="4908"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="4738"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="4768"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="4383"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="10687"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="15696"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="3809"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="4841"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="2950"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="3940"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="-4817"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="15048"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="6188"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="3146"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="5032"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="4620"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3940"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="8332"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="15061"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="-39"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="4888"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="3117"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="-9591"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="19321"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="7385"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="3422"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="5014"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="4406"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="3695"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="9300"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="17029"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="-1986"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="7036"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="6230"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="5314"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="6427"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="-504"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="18769"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="9625"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="5027"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="5423"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="5485"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="4829"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="10743"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="16165"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="3803"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="8042"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="7466"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="5742"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="7823"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="22702"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="10879"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="6044"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="5871"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="5900"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="5288"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="11379"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="17474"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="4948"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="8849"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="7493"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="6477"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="7961"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="2576"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="27369"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="11856"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="7143"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="6214"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="6239"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="5643"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="12575"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="18387"/>
+  </r>
+  <r>
+    <s v="EHA06C05"/>
+    <s v="Average Other Labour Costs"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="5335"/>
+  </r>
+</pivotCacheRecords>
 </file>