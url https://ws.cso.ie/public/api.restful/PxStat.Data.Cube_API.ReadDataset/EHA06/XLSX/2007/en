--- v1 (2026-01-20)
+++ v2 (2026-03-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b0e3aa5a8544b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b15cc5099f244de89f304d7791b34721.psmdcp" Id="Rbd3bf27b216e4f8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b7fb25f0e51421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/792019cb3e4547c1a799bf3b49fa7d4f.psmdcp" Id="R5c0948ae962d4797" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>