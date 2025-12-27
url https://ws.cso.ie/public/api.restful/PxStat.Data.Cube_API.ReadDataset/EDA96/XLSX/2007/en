--- v0 (2025-10-25)
+++ v1 (2025-12-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8085ab712db24746" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/72b6c6d69a28451b928ab01f494201ee.psmdcp" Id="R1fd3fbc76fcd4837" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8c584663a994961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00179ab68eb64310bf1cfc5efbd45f2d.psmdcp" Id="R7a5ca376b2af4e74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EDA96</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Leaving Certificate Applied Results</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/3/2022 11:00:00 AM</x:t>
+    <x:t>03/11/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>The LCA Certificate is awarded at 3 levels, each one representing a percentage range of marks, as follows: Level Percentage Range Credits Distinction 85%+ 170-200 credits Merit 70&gt;85% 140-169 credits Pass 60&gt;70% 120-139 credits Candidates who acquire less than 120 credits or who leave before the end of the programme receive a Record of Credits.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EDA96/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>DOEE</x:t>
   </x:si>
   <x:si>
     <x:t>Examination Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -499,347 +499,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02505V03033" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Details of Results" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J256" totalsRowShown="0">
   <x:autoFilter ref="A1:J256"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02505V03033"/>
     <x:tableColumn id="8" name="Details of Results"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1110,51 +923,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EDA96/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ie" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1343,51 +1156,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J256"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="9.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="38.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -9569,51 +9382,51 @@
       <x:c r="G256" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J256" s="0">
         <x:v>206</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9630,51 +9443,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J256" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EDA96"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Leaving Certificate Applied Results"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="17">
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
@@ -9957,27 +9770,3088 @@
         <x:n v="430"/>
         <x:n v="471"/>
         <x:n v="824"/>
         <x:n v="261"/>
         <x:n v="1344"/>
         <x:n v="618"/>
         <x:n v="2758"/>
         <x:n v="530"/>
         <x:n v="1368"/>
         <x:n v="399"/>
         <x:n v="461"/>
         <x:n v="200"/>
         <x:n v="806"/>
         <x:n v="255"/>
         <x:n v="1245"/>
         <x:n v="330"/>
         <x:n v="562"/>
         <x:n v="206"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="2682"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="2867"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="3026"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="3299"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="3520"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="3318"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="3156"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="3021"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1543"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="3400"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="3264"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="1663"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="3358"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="3195"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="2810"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="2964"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="2887"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1543"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="2758"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Candidates who received distinctions"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Candidates who received merits"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Candidates who received passes"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="EDA96"/>
+    <s v="Leaving Certificate Applied Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Candidates who received record of credits"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+</pivotCacheRecords>
 </file>