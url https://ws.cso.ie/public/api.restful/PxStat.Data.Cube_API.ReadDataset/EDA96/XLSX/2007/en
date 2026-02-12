--- v1 (2025-12-27)
+++ v2 (2026-02-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8c584663a994961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00179ab68eb64310bf1cfc5efbd45f2d.psmdcp" Id="R7a5ca376b2af4e74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dc8ad1c26ca49b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c02471c8476c40c0ad516c9af061841e.psmdcp" Id="R264463a74b82459f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>