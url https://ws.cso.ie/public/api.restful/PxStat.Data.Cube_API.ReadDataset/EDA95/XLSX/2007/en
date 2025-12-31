--- v0 (2025-11-04)
+++ v1 (2025-12-31)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3ca2950e0634e4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75f50fcacbe74040b4501b02fd2b256b.psmdcp" Id="Re3f74ad47a6242b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1812e3adb639458d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/72551692094e40b782f6221a2f9ea1a3.psmdcp" Id="R3b7982da16194770" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EDA95</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Junior Certificate Results</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/3/2022 11:00:00 AM</x:t>
+    <x:t>03/11/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Note 1: The above data includes School candidates and VTOS candidates. Note 2: Results of the Junior Certificate examination are shown in the form of grades, each grade representing a percentage range of marks as follows: Grade Percentage Rate A 85+ B 70 &gt;85 C 55 &gt;70 D 40 &gt;55 E 25 &gt;40 F 10 &gt;25 No Grade 0&gt;10</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EDA95/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>DOEE</x:t>
   </x:si>
   <x:si>
     <x:t>Examination Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -517,371 +517,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02505V03033" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Details of Results" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J409" totalsRowShown="0">
   <x:autoFilter ref="A1:J409"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02505V03033"/>
     <x:tableColumn id="8" name="Details of Results"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1152,51 +947,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EDA95/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ie" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1385,51 +1180,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J409"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="9.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="122.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -14507,51 +14302,51 @@
       <x:c r="G409" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I409" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J409" s="0">
         <x:v>5094</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14568,51 +14363,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J409" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EDA95"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Junior Certificate Results"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="17">
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
@@ -15080,27 +14875,4924 @@
         <x:n v="28205"/>
         <x:n v="8139"/>
         <x:n v="30576"/>
         <x:n v="30077"/>
         <x:n v="29663"/>
         <x:n v="24447"/>
         <x:n v="19255"/>
         <x:n v="15201"/>
         <x:n v="12133"/>
         <x:n v="3045"/>
         <x:n v="29672"/>
         <x:n v="29305"/>
         <x:n v="29140"/>
         <x:n v="25998"/>
         <x:n v="22209"/>
         <x:n v="18673"/>
         <x:n v="16072"/>
         <x:n v="5094"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="61470"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="59600"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="58377"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="40931"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="31163"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="23004"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="19132"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="5266"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="31302"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="30305"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="29487"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="19502"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="13900"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="9567"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="7889"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="1958"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="30168"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="29295"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="28890"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="21429"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="17263"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="13437"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="11243"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="3308"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="60124"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="58794"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="57944"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="45052"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="34149"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="26101"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="22266"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="6853"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="30308"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="29639"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="29078"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="21622"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="15549"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="11234"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="9450"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="2631"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="29816"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="29155"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="28866"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="23430"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="18600"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="14867"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="12816"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="4222"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="60152"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="58825"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="58021"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="45606"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="34335"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="26086"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="22642"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="7000"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="30150"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="29529"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="28994"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="21847"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="15552"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="11046"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="9480"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="30002"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="29296"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="29027"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="23759"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="18783"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="15040"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="13162"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="4367"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="59340"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="57916"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="57381"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="45240"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="34745"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="27185"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="22963"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="6901"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="29855"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="29159"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="28800"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="21785"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="15697"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="11664"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="9622"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="2580"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="29485"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="28757"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="28581"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="23455"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="19048"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="15521"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="13341"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="4321"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="56864"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="55455"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="54911"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="43070"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="33285"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="26112"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="22519"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="7276"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="28495"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="27847"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="27495"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="20596"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="14989"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="11231"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="9385"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="28369"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="27608"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="27416"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="22474"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="18296"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="14881"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="13134"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="4553"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="56640"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="55388"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="54865"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="43705"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="33646"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="26667"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="23091"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="7248"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="28627"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="27996"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="27627"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="20997"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="15173"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="11513"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="9661"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="28013"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="27392"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="27238"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="22708"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="18473"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="15154"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="13430"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="4524"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="57784"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="56520"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="55912"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="45300"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="35213"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="27916"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="23809"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="7293"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="29273"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="28694"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="28302"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="21993"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="16336"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="12395"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="10273"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="2870"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="28511"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="27826"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="27610"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="23307"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="18877"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="15521"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="13536"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="4423"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="57287"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="56072"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="55483"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="44663"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="34773"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="27700"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="23495"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="7068"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="28812"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="28211"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="27819"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="21483"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="15990"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="12316"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="10135"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="2702"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="28475"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="27861"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="27664"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="23180"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="18783"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="15384"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="13360"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="4366"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="55940"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="54750"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="54168"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="44214"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="34848"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="27678"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="23263"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="6791"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="27632"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="27776"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="27376"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="21669"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="16285"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="12378"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="10095"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="2678"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="28308"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="26974"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="26792"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="22545"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="18563"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="15300"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="13168"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="4113"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="55557"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="54314"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="53690"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="43469"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="34336"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="27351"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="23062"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="6701"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="28361"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="27749"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="27323"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="21473"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="16283"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="12551"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="10296"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="27196"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="26565"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="26367"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="21996"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="18053"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="14800"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="12766"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="4114"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="56086"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="54875"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="54244"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="33214"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="32180"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="28980"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="24615"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="7140"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="28523"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="27872"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="27437"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="15471"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="14864"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="13160"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="10818"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="2732"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="27563"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="27003"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="26807"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="17743"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="17316"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="15820"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="13797"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="4408"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="56841"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="55672"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="55083"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="45796"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="36920"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="30169"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="25084"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="7284"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="29182"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="28594"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="28198"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="22636"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="17463"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="13758"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="11000"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="2807"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="27659"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="27078"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="26885"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="23160"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="19457"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="16411"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="14084"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="4477"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="58798"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="57746"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="57162"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="48381"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="39321"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="31900"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="26801"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="7841"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="29907"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="29343"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="28946"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="23711"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="18478"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="14382"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="11583"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="2918"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="28891"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="28403"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="28216"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="24670"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="20843"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="17518"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="15218"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="4923"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="59822"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="58850"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="58335"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="49532"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="40379"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="32891"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="27199"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="7693"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="30553"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="30012"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="29659"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="24317"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="19120"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="15110"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="12049"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="2963"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="29269"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="28838"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="28676"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="25215"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="21259"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="17781"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="15150"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="4730"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="60328"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="59377"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="58804"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="39883"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="38186"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="33681"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="26495"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="7995"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="31051"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="30543"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="30152"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="19102"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="18039"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="15550"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="11600"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="3097"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="29277"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="28834"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="28652"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="20781"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="20147"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="18131"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="14895"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="4898"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="59521"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="58619"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="58086"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="49645"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="40927"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="33738"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="27621"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="7658"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="30308"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="29793"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="29406"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="24267"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="19241"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="15395"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="11958"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="2887"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="29213"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="28826"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="28680"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="25378"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="21686"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="18343"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="15663"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="4771"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="60248"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="59382"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="58803"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="50445"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="41464"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="33874"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="28205"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="8139"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="30576"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="30077"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="29663"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="24447"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="19255"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="15201"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="12133"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="3045"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="Number"/>
+    <n v="29672"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="Number"/>
+    <n v="29305"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Candidates who received a minimum of 5 grade Ds at any level"/>
+    <s v="Number"/>
+    <n v="29140"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 2 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="25998"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Candidates who received a minimum of 6 grade Ds at any level of which 4 or more were grade C or above on higher and common papers"/>
+    <s v="Number"/>
+    <n v="22209"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers"/>
+    <s v="Number"/>
+    <n v="18673"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade Bs or above"/>
+    <s v="Number"/>
+    <n v="16072"/>
+  </r>
+  <r>
+    <s v="EDA95"/>
+    <s v="Junior Certificate Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Candidates who received a minimum of 6 grade Cs on higher and common papers of which 3 or more were grade As or above"/>
+    <s v="Number"/>
+    <n v="5094"/>
+  </r>
+</pivotCacheRecords>
 </file>