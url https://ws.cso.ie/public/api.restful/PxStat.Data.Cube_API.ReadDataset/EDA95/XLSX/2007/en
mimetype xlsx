--- v1 (2025-12-31)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1812e3adb639458d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/72551692094e40b782f6221a2f9ea1a3.psmdcp" Id="R3b7982da16194770" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rada956b81cec4502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f70d05902dc74d27b67359c5712c7570.psmdcp" Id="R9040203c38a64d03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>