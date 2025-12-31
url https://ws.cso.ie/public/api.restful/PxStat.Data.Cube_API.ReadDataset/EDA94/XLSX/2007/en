--- v0 (2025-11-03)
+++ v1 (2025-12-31)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39e14a0ebed44edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d00ad72e4084e039d31576d12280c5a.psmdcp" Id="Ra9eb9e8742234529" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54c7807c6ba143ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fb1bdb5f79324d3d91447bd12f357901.psmdcp" Id="R74ba721d511d4b9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EDA94</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Leaving Certificate Candidates and Results</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/3/2022 11:00:00 AM</x:t>
+    <x:t>03/11/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Note 1: The above data excludes Leaving Certificate Applied candidates in the Leaving Certificate examination. School candidates, Repeat candidates, External candidates, VTOS and PLC candidates are included in the above table. Note 2: Results of the Leaving Certificate examination are shown in the form of grades, each grade representing a percentage range of marks as follows: Grade Percentage Rate A1 90+ A2 85 &gt; 90 B1 80 &gt; 85 B2 75 &gt; 80 B3 70 &gt; 75 C1 65 &gt; 70 C2 60 &gt; 65 C3 55 &gt; 60 D1 50 &gt; 55 D2 45 &gt; 50 D3 40 &gt; 45 E 25 &gt; 40 F 10 &gt; 25 No Grade 0&gt;10</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EDA94/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>DOEE</x:t>
   </x:si>
   <x:si>
     <x:t>Examination Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -517,371 +517,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="Academic Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02505V03033" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Details of Results" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex of Candidate" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J409" totalsRowShown="0">
   <x:autoFilter ref="A1:J409"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Academic Year"/>
     <x:tableColumn id="5" name="C02505V03033"/>
     <x:tableColumn id="6" name="Details of Results"/>
     <x:tableColumn id="7" name="C02199V02655"/>
     <x:tableColumn id="8" name="Sex of Candidate"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1152,51 +947,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EDA94/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ie" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1385,51 +1180,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J409"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="38.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="112.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="17.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
@@ -14506,51 +14301,51 @@
       <x:c r="G409" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I409" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J409" s="0">
         <x:v>2036</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14567,51 +14362,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J409" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EDA94"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Leaving Certificate Candidates and Results"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="17">
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
@@ -15079,27 +14874,4924 @@
         <x:n v="49992"/>
         <x:n v="24944"/>
         <x:n v="25048"/>
         <x:n v="35105"/>
         <x:n v="16775"/>
         <x:n v="18330"/>
         <x:n v="24426"/>
         <x:n v="10891"/>
         <x:n v="13535"/>
         <x:n v="13320"/>
         <x:n v="5712"/>
         <x:n v="7608"/>
         <x:n v="11834"/>
         <x:n v="5042"/>
         <x:n v="6792"/>
         <x:n v="3640"/>
         <x:n v="1604"/>
         <x:n v="2036"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="60737"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="28851"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="31886"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="58502"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="27962"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30540"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="54776"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="25833"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28943"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="32566"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="14787"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="17779"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20387"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8409"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11978"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9995"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3813"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6182"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="8550"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3226"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5324"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="56670"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26798"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29872"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="54544"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="25931"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28613"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="50924"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="23952"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26972"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="31579"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="14162"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="17417"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20085"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8141"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11944"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9699"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3565"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6134"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="8572"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3146"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5426"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2777"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="55374"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26352"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29022"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="53051"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="25309"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="27742"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="49826"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="23500"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26326"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="30885"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="13783"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="17102"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19974"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8086"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11888"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9710"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3562"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6148"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="8456"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3068"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5388"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1697"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="56237"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26902"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29335"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="53858"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="25881"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="27977"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="51039"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="24272"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26767"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="32240"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="14561"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="17679"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20700"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8533"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12167"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="10200"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3927"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6273"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9071"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3497"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5574"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3032"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="55222"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26311"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28911"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="52709"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="25311"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="27398"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="49967"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="23752"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26215"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="31761"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="14310"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="17451"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20961"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8675"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12286"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="10630"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4015"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6615"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9472"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3557"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5915"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3115"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="54073"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="25543"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28530"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="51754"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="24591"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="27163"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="49027"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="22998"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26029"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="31996"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="14230"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="17766"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20902"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8407"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12495"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="10531"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3879"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6652"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9388"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3457"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5931"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3127"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1943"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="50955"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="24272"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26683"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="48593"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="23175"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25418"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="46288"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="21886"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="24402"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="29820"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="13583"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="16237"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19816"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8274"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11542"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="10029"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3814"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6215"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9063"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3440"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5623"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3178"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="50873"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="24188"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26685"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="48646"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="23213"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25433"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="46296"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="21846"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="24450"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="29860"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="13572"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="16288"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20272"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8515"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11757"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="10305"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3954"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6351"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9315"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3573"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5742"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3189"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="52143"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="25238"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26905"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="49639"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="24205"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25434"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="47242"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="22755"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="24487"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="30972"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="14469"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="16503"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="20649"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8990"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11659"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="10354"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4066"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6288"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9351"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3654"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5697"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3346"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="54197"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26546"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="27651"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="51094"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="25159"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25935"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="48581"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="23627"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="24954"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="32211"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="15124"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="17087"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="21678"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="9511"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12167"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="10806"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4386"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6420"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="9752"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3967"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5785"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3382"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1999"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="54479"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="27056"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="27423"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="51577"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="25580"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25997"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="49057"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="24013"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25044"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="32962"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="15652"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="17310"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="22226"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="9876"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12350"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="11082"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4494"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6588"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="10028"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4051"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5977"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3558"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="54344"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26986"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="27358"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="51578"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="25656"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25922"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="49073"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="24070"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25003"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="33282"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="15753"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="17529"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="22679"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10046"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12633"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="11292"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4559"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6733"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="10245"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4114"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6131"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3637"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2147"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="52588"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26480"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26108"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="48668"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="24543"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="24125"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="46390"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="23134"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="23256"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="32861"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="15831"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="17030"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="23226"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10490"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12736"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="11699"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4935"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6764"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="11159"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4718"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6441"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3756"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2176"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="52767"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26620"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26147"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="50823"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="25603"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25220"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="48337"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="24027"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="24310"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="33463"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="15968"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="17495"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="23473"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10576"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12897"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="12837"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5511"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7326"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="11441"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4837"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6604"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3749"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="54025"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="27158"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26867"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="52206"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26244"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25962"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="50045"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="24901"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25144"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="19375"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="8363"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="11012"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="18374"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="7835"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="10539"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="13662"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5708"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7954"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="12095"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5045"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7050"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3798"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2210"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="55044"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="27219"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="27825"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="53325"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26369"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26956"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="51370"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="25164"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26206"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="36262"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="17072"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="19190"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25761"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11306"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14455"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="14096"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5807"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="8289"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="12598"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5189"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7409"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="4175"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="52888"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26719"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="-"/>
+    <s v="All candidates"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26169"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="52110"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26283"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="01"/>
+    <s v="Candidates who sat a minimum of 5 subjects"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25827"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="49992"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="24944"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="02"/>
+    <s v="Candidates who received a minimum of 5 grade D3s at any level"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25048"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="35105"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="16775"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="03"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 2 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="18330"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="24426"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10891"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="04"/>
+    <s v="Candidates who received a minimum of 6 grade D3s at any level of which 4 or more were grade C3 or above on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13535"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="13320"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5712"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="05"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7608"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="11834"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="5042"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="06"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade B3s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="6792"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="3640"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="EDA94"/>
+    <s v="Leaving Certificate Candidates and Results"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="07"/>
+    <s v="Candidates who received a minimum of 6 grade C3s on higher papers of which 3 or more were grade A2s or above"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2036"/>
+  </r>
+</pivotCacheRecords>
 </file>