--- v1 (2025-12-31)
+++ v2 (2026-02-14)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54c7807c6ba143ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fb1bdb5f79324d3d91447bd12f357901.psmdcp" Id="R74ba721d511d4b9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec8aca2a5f204ce2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/917fe4afd8ac4c2992c295099e8f0b31.psmdcp" Id="Rd94d9fa3d6c84c4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>