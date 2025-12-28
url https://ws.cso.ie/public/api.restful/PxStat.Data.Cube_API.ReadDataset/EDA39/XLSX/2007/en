--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec739413d53747e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d4622e935ba64da38d0f6d8d62c2e5d5.psmdcp" Id="R3eb1672ad3ad4275" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbac07fb0fd43417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a59e773cbc884bebb9e1640ff13ed992.psmdcp" Id="Reed24e3535d04624" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EDA39</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Enrolment in Full-time Education as a Percentage of the Estimated Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/7/2022 11:00:00 AM</x:t>
+    <x:t>07/11/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Caution should be exercised in comparing participation by single year of age from one year to the next. These percentages are are based on estimates of population by single year of age provided by the Central Statistics Office and are subject to revision. Non-Aided Primary Schools exclude centres not catering for children aged six or over.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EDA39/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>DOEO</x:t>
   </x:si>
   <x:si>
     <x:t>Overview of Education</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -598,475 +598,192 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...423 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Academic Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V02508" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="22">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="22">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1057" totalsRowShown="0">
   <x:autoFilter ref="A1:J1057"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Academic Year"/>
     <x:tableColumn id="5" name="C02076V02508"/>
     <x:tableColumn id="6" name="Age"/>
     <x:tableColumn id="7" name="C02199V02655"/>
     <x:tableColumn id="8" name="Sex"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1337,51 +1054,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EDA39/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ie" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1570,51 +1287,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1057"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="70.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
@@ -35427,51 +35144,51 @@
       <x:c r="G1057" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1057" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I1057" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J1057" s="0">
         <x:v>85.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -35488,51 +35205,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1057" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EDA39"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="16">
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
@@ -36093,27 +35810,12700 @@
         <x:n v="97"/>
         <x:n v="86"/>
         <x:n v="90.6"/>
         <x:n v="86.8"/>
         <x:n v="75.2"/>
         <x:n v="67.5"/>
         <x:n v="64.1"/>
         <x:n v="76.2"/>
         <x:n v="47.6"/>
         <x:n v="49.7"/>
         <x:n v="26.8"/>
         <x:n v="27.3"/>
         <x:n v="26.3"/>
         <x:n v="18.4"/>
         <x:n v="17.1"/>
         <x:n v="84.6"/>
         <x:n v="83.4"/>
         <x:n v="85.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="50.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="47.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="97.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="96.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="87.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="94.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="81.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="74.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="87.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="53.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="70.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="43.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="71.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="73.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="47.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="51.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="96.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="95.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="91.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="88.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="94.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="80.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="73.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="86.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="53.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="45.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="48.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="45.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="51.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="96.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="92.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="88.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="81.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="75.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="87.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="53.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="49.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="71.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="47.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="50.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="104.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="103.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="95.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="77.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="88.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="72.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="52.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="45.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="51.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="72.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="70.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="74.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="47.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="103.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="95.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="92.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="78.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="92.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="56.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="73.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="43.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="60.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="46.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="54.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="39.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="72.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="45.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="48.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="103.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="96.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="96.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="91.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="85.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="79.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="91.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="76.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="52.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="44.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="46.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="39.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="53.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="72.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="44.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="105.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="96.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="93.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="86.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="79.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="92.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="58.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="76.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="53.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="44.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="51.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="39.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="72.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="70.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="44.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="47.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="96.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="94.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="85.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="80.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="90.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="68.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="59.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="77.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="55.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="46.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="46.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="53.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="71.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="73.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="44.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="41.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="47.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="95.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="85.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="81.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="89.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="59.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="53.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="46.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="45.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="39.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="52.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="45.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="48.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="97.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="94.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="87.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="83.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="92.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="69.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="54.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="49.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="59.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="47.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="52.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="71.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="47.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="104.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="105.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="103.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="104.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="97.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="91.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="74.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="79.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="61.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="52.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="45.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="76.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="75.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="77.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="40.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="105.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="105.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="106.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="104.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="93.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="90.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="96.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="78.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="83.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="63.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="58.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="56.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="51.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="49.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="45.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="52.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="78.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="77.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="79.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="40.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="103.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="103.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="105.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="104.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="105.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="93.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="92.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="95.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="81.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="85.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="55.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="52.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="48.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="80.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="79.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="81.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="103.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="104.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="97.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="95.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="93.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="72.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="78.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="71.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="54.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="82.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="81.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="83.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="103.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="103.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="93.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="86.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="81.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="91.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="81.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="64.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="78.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="83.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="82.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="84.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="96.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="94.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="81.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="90.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="78.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="86.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="83.5"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="64.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="76.2"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="47.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="49.7"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="84.6"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="EDA39"/>
+    <s v="Enrolment in Full-time Education as a Percentage of the Estimated Population"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="238"/>
+    <s v="4 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="85.8"/>
+  </r>
+</pivotCacheRecords>
 </file>