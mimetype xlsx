--- v1 (2025-12-28)
+++ v2 (2026-02-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbac07fb0fd43417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a59e773cbc884bebb9e1640ff13ed992.psmdcp" Id="Reed24e3535d04624" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24bc4ba55c444cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e5119d25e0b94869a71530c2ad7e35a1.psmdcp" Id="Rd3b3a10697ef449f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>