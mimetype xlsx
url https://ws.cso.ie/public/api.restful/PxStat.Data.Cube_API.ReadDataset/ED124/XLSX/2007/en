--- v0 (2025-10-26)
+++ v1 (2026-01-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf69a7b8202e54a6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ba5f77261ef84541966629ce913b20f4.psmdcp" Id="Rd6d12a0ed36d4fb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70f0bf2ad76d48a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f70b6fb9380448abb3548159ef220c8d.psmdcp" Id="R879cafd32c774c43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ED124</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Pupil in First Year of Junior Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/23/2025 11:00:00 AM</x:t>
+    <x:t>23/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ED124/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>DOESF</x:t>
   </x:si>
   <x:si>
     <x:t>Second Level and Further Level Education</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Helen Maxwell</x:t>
   </x:si>
@@ -517,371 +517,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V02508" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Pupil Age" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02351V02955" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of School" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="Academic Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J511" totalsRowShown="0">
   <x:autoFilter ref="A1:J511"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V02508"/>
     <x:tableColumn id="4" name="Pupil Age"/>
     <x:tableColumn id="5" name="C02351V02955"/>
     <x:tableColumn id="6" name="Type of School"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="Academic Year"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1152,51 +947,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ED124/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ie" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1383,51 +1178,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J511"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="75.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="16.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -17769,51 +17564,51 @@
       <x:c r="G511" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I511" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J511" s="0">
         <x:v>1484</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17830,51 +17625,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J511" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="ED124"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Pupil in First Year of Junior Cycle"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V02508">
       <x:sharedItems count="6">
         <x:s v="011"/>
         <x:s v="012"/>
         <x:s v="013"/>
         <x:s v="014"/>
         <x:s v="320"/>
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Pupil Age">
       <x:sharedItems count="6">
         <x:s v="11 years"/>
@@ -18325,27 +18120,6148 @@
         <x:n v="10513"/>
         <x:n v="10268"/>
         <x:n v="1361"/>
         <x:n v="1377"/>
         <x:n v="1376"/>
         <x:n v="1384"/>
         <x:n v="1371"/>
         <x:n v="1367"/>
         <x:n v="1316"/>
         <x:n v="1341"/>
         <x:n v="1330"/>
         <x:n v="1336"/>
         <x:n v="1365"/>
         <x:n v="1458"/>
         <x:n v="1425"/>
         <x:n v="1515"/>
         <x:n v="1513"/>
         <x:n v="1484"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="22001"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="22846"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="22604"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="22572"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="21973"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="22431"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="22611"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="22483"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="22936"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="22401"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="22258"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="23713"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="23814"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="23361"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="22466"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="21441"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="18029"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="13251"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="13324"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="13090"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="12718"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="12373"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="12537"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="12366"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="12314"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="12758"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="12269"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="12146"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="12763"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="12556"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="12229"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="11675"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="11324"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="9527"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="5171"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="5741"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="5724"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="5963"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="5912"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="6180"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="6496"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="6403"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="6404"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="6535"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="6500"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="7149"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="7521"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="7410"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="7235"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="6826"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="5680"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="3084"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="3266"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="3303"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="3382"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="3186"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="3189"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="3266"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="3268"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="3336"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="3178"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="3149"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="3359"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="3254"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="3271"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="3096"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="2868"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="33143"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="34515"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="35890"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="36540"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="36485"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="36770"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="38219"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="39107"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="40306"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="40927"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="40873"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="43735"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="46569"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="48369"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="50184"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="51801"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="53236"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="19391"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="19936"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="20621"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="20431"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="20322"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="20455"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="20797"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="21388"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="21867"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="22294"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="21808"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="23169"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="24534"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="25369"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="26076"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="26845"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="27670"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="8192"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="8778"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="9324"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="9910"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="10008"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="10148"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="10942"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="11153"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="11547"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="11708"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="12224"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="13473"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="14529"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="15282"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="16157"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="16553"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="16977"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="4747"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="4972"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="5090"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="5363"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="5325"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="5357"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="5623"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="5784"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="6030"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="6050"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="5992"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="6202"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="6552"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="6773"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="6930"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="7349"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="7512"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="57240"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="59237"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="60462"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="60956"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="60197"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="60978"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="62528"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="63452"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="65045"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="64985"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="64865"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="68999"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="71816"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="73393"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="74548"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="75201"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Second level education institutions aided by the Department of Education and Skills"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="73236"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="33571"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="34125"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="34584"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="33966"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="33495"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="33800"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="33927"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="34491"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="35478"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="35308"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="34731"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="36600"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="37728"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="38327"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="38610"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="39035"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="211"/>
+    <s v="Secondary schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="38064"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="14112"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="15209"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="15758"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="16548"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="16549"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="16978"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="18059"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="18319"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="18620"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="18880"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="19405"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="21250"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="22588"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="23346"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="24131"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="24140"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="212"/>
+    <s v="Vocational schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="23420"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="8196"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="8526"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="8744"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="9058"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="8782"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="8839"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="9175"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="9326"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="9606"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="9467"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="9393"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="9784"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="10042"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="10295"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="10292"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="10513"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2131"/>
+    <s v="Community schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="10268"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="Number"/>
+    <n v="1384"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="ED124"/>
+    <s v="Pupil in First Year of Junior Cycle"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2132"/>
+    <s v="Comprehensive schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+</pivotCacheRecords>
 </file>