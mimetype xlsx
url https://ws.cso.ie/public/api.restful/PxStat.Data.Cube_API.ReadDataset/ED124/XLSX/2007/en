--- v1 (2026-01-01)
+++ v2 (2026-02-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70f0bf2ad76d48a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f70b6fb9380448abb3548159ef220c8d.psmdcp" Id="R879cafd32c774c43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf2d27311c184c1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/11dc646d9d354ac69a55212d8ba0a063.psmdcp" Id="R8814c855d8e449ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>