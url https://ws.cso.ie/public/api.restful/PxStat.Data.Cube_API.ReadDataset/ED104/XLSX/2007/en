--- v0 (2025-11-05)
+++ v1 (2025-12-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad951b2f64f9466c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de215b4bb0b24584a0e91b38fc72abd4.psmdcp" Id="R53a72cdeb40048bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raea43c30e4a540be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b7485807ab3c4f7a9025393c9babecb0.psmdcp" Id="R860f4b15793b4c77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>ED104</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Mainstream Pupils and Classes in Mainstream Primary Schools</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/11/2025 11:00:00 AM</x:t>
+    <x:t>11/08/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ED104/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>DOEP</x:t>
   </x:si>
   <x:si>
     <x:t>Primary Level Education</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Helen Maxwell</x:t>
   </x:si>
@@ -565,419 +565,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...367 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Academic Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02469V02990" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Enrolment Size" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H729" totalsRowShown="0">
   <x:autoFilter ref="A1:H729"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Academic Year"/>
     <x:tableColumn id="5" name="C02469V02990"/>
     <x:tableColumn id="6" name="Enrolment Size"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1246,51 +999,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/ED104/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.ie" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1477,51 +1230,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H729"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="45.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="18.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -20462,51 +20215,51 @@
       <x:c r="E729" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F729" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G729" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H729" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20523,51 +20276,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H729" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="ED104C01"/>
         <x:s v="ED104C02"/>
         <x:s v="ED104C03"/>
         <x:s v="ED104C04"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
         <x:s v="Mainstream Primary Schools"/>
         <x:s v="Mainstream Primary Classes"/>
         <x:s v="Mainstream Primary Pupils"/>
         <x:s v="Average Class Size in Mainstream Primary Schools"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="26">
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
@@ -21176,27 +20929,7308 @@
         <x:n v="111069"/>
         <x:n v="160556"/>
         <x:n v="71895"/>
         <x:n v="25"/>
         <x:n v="16"/>
         <x:n v="22"/>
         <x:n v="26"/>
         <x:n v="27"/>
         <x:n v="30"/>
         <x:n v="29"/>
         <x:n v="24"/>
         <x:n v="15"/>
         <x:n v="21"/>
         <x:n v="28"/>
         <x:n v="23"/>
         <x:n v="14"/>
         <x:n v="20"/>
         <x:n v="13"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3172"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3161"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3157"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3155"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3150"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3157"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3158"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3175"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3165"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3165"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3159"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3152"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3145"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3137"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3115"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3111"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3106"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3106"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3107"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3104"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3095"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3089"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="ED104C01"/>
+    <s v="Mainstream Primary Schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="17252"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4256"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="3472"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="3279"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="1545"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="17280"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="3202"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4352"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="3564"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="3280"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="17576"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="3378"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4418"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="3315"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="17807"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="3383"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4432"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="3770"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="3337"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="18011"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="3391"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4441"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="3937"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="3413"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="18133"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="3306"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4501"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="3997"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="3555"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="1350"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="18367"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="3264"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4528"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="4130"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="3633"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="18909"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="3029"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4628"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="4291"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="3863"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="19665"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="2924"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4735"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="4520"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="4306"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="20291"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="2905"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4855"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="4646"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="4469"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="20317"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4876"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="4647"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="4580"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="2051"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="20604"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="2953"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4859"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="4694"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="4703"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="2114"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="20716"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="2880"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4620"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="4703"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="5074"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="2218"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="20877"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="2688"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4611"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="4766"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="5251"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="21147"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="2555"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4601"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="4773"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="5468"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="21419"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4694"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="4782"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="5639"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="2749"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="21724"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4615"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="4801"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="5850"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="2901"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="22152"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="2402"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4547"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="4878"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="6080"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="3085"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="22430"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="2390"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4330"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="4983"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="6357"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="3214"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="22747"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4289"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="5144"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="6553"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="3286"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="22970"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="2347"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4308"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="5167"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="6635"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="3364"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="23460"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="2509"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4692"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="4910"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="6903"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="3245"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="23572"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="2548"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4764"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="5128"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="6791"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="23596"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="4926"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="5012"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="6866"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="3091"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="23818"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="5203"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="4987"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="6902"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="3017"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="23857"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="2593"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="5255"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="4870"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="6928"/>
+  </r>
+  <r>
+    <s v="ED104C02"/>
+    <s v="Mainstream Primary Classes"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="2970"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="428339"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="24526"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="70921"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="107479"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="91264"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="88569"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="45580"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="423344"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="23659"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="70636"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="107693"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="92786"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="88370"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="40200"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="424707"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="22350"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="72599"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="108550"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="91999"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="89075"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="40134"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="427529"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="22109"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="71915"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="108602"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="94635"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="89015"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="41253"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="429971"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="21377"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="71985"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="107722"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="98964"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="90277"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="39646"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="433320"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="21037"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="70341"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="109429"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="100601"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="93826"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="38086"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="441966"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="20454"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="69533"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="110374"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="104828"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="96262"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="40515"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="455455"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="20726"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="65177"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="113098"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="108269"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="100823"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="47362"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="470270"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="20436"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="62625"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="115039"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="113019"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="110768"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="48383"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="482593"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="20050"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="62100"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="116393"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="116089"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="113707"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="54254"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="490010"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="18446"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="63120"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="117327"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="117692"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="118619"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="54806"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="492742"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="18937"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="62638"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="116411"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="117954"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="120237"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="56565"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="506218"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="18230"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="61854"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="113196"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="121519"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="131465"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="59954"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="515676"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="18327"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="58997"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="113999"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="123050"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="137063"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="64240"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="525141"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="18570"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="56670"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="113920"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="123328"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="143220"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="69433"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="532931"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="18627"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="52962"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="115890"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="123251"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="147531"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="74670"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="540955"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="18153"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="53699"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="114045"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="123122"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="153122"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="78814"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="545364"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="17766"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="53059"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="111020"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="123896"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="156916"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="82707"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="549679"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="17440"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="52371"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="104475"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="125993"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="163339"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="86061"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="553319"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="16642"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="51059"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="103782"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="129036"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="166329"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="86471"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="552543"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="16768"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="50507"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="102946"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="128197"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="166445"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="87680"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="545493"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="16936"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="51079"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="105761"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="119357"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="169278"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="83082"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="537366"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="16417"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="50933"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="105050"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="122512"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="163748"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="78706"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="539075"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="16081"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="52247"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="111940"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="118331"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="163944"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="76532"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="535111"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="16259"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="52127"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="116029"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="115424"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="162008"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="73264"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="529062"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="16681"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="52569"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="116292"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="111069"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="160556"/>
+  </r>
+  <r>
+    <s v="ED104C03"/>
+    <s v="Mainstream Primary Pupils"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="71895"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2000"/>
+    <s v="1999-2000"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2001"/>
+    <s v="2000-2001"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2002"/>
+    <s v="2001-2002"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2003"/>
+    <s v="2002-2003"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2004"/>
+    <s v="2003-2004"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2005"/>
+    <s v="2004-2005"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2006"/>
+    <s v="2005-2006"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2007"/>
+    <s v="2006-2007"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2008"/>
+    <s v="2007-2008"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2009"/>
+    <s v="2008-2009"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2010"/>
+    <s v="2009-2010"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2011"/>
+    <s v="2010-2011"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2012"/>
+    <s v="2011-2012"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2013"/>
+    <s v="2012-2013"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2014"/>
+    <s v="2013-2014"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2015"/>
+    <s v="2014-2015"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2016"/>
+    <s v="2015-2016"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2017"/>
+    <s v="2016-2017"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2018"/>
+    <s v="2017-2018"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2019"/>
+    <s v="2018-2019"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2020"/>
+    <s v="2019-2020"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2021"/>
+    <s v="2020-2021"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2022"/>
+    <s v="2021-2022"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2023"/>
+    <s v="2022-2023"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2024"/>
+    <s v="2023-2024"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="-"/>
+    <s v="All pupils"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="1"/>
+    <s v="Less than 50 pupils"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="2"/>
+    <s v="50-99 pupils"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="3"/>
+    <s v="100-199 pupils"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="4"/>
+    <s v="200-299 pupils"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="7"/>
+    <s v="300-499 pupils"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ED104C04"/>
+    <s v="Average Class Size in Mainstream Primary Schools"/>
+    <s v="2025"/>
+    <s v="2024-2025"/>
+    <s v="8"/>
+    <s v="500 pupils and over"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+</pivotCacheRecords>
 </file>