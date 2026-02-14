--- v1 (2025-12-26)
+++ v2 (2026-02-14)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raea43c30e4a540be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b7485807ab3c4f7a9025393c9babecb0.psmdcp" Id="R860f4b15793b4c77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb45be75dc5b4ad7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0a763b799a6a47e5a3eb1b6ae368922f.psmdcp" Id="R0ca966b76c7e4b83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>