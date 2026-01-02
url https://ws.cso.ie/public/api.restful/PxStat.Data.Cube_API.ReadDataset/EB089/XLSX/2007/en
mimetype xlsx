--- v0 (2025-11-10)
+++ v1 (2026-01-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R080a4991688449a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e1b3a098b6c4cd8935ced97762cb675.psmdcp" Id="R0371fe1c428c42d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra13becb2ba574c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1de87d54e5b84ab09b395a52bd771aa2.psmdcp" Id="R16300ed27f4a4051" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EB089</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private Households 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/15/2020 11:00:00 AM</x:t>
+    <x:t>15/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EB089/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P11</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 11 - Employment, Occupations and Industry</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -499,371 +499,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02255V02727" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Household Composition" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02708V03276" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Class of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J289" totalsRowShown="0">
   <x:autoFilter ref="A1:J289"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02255V02727"/>
     <x:tableColumn id="4" name="Household Composition"/>
     <x:tableColumn id="5" name="C02708V03276"/>
     <x:tableColumn id="6" name="Social Class of Reference Person"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1134,51 +929,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EB089/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1365,51 +1160,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J289"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="50.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="38.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -10647,51 +10442,51 @@
       <x:c r="G289" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J289" s="0">
         <x:v>27822</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10708,51 +10503,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J289" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EB089"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Private Households 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02255V02727">
       <x:sharedItems count="18">
         <x:s v="-"/>
         <x:s v="02"/>
         <x:s v="45"/>
         <x:s v="04"/>
         <x:s v="46"/>
         <x:s v="07"/>
         <x:s v="085"/>
         <x:s v="095"/>
         <x:s v="47"/>
         <x:s v="48"/>
         <x:s v="13"/>
@@ -11102,27 +10897,3484 @@
         <x:n v="9329"/>
         <x:n v="9176"/>
         <x:n v="62608"/>
         <x:n v="69359"/>
         <x:n v="5346"/>
         <x:n v="6049"/>
         <x:n v="15501"/>
         <x:n v="16193"/>
         <x:n v="9369"/>
         <x:n v="8385"/>
         <x:n v="5779"/>
         <x:n v="4754"/>
         <x:n v="5686"/>
         <x:n v="4910"/>
         <x:n v="1457"/>
         <x:n v="1246"/>
         <x:n v="19470"/>
         <x:n v="27822"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1654208"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1702289"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111189"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="121673"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426553"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="448239"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262319"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="274966"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276828"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="265693"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191188"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="193960"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70305"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70670"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315826"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="327088"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392000"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="399815"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21307"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21633"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85971"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86088"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58507"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61791"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47943"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46608"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39289"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39859"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18570"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18752"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120413"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="125084"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240146"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="254744"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18768"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20458"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69785"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74059"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34099"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37265"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46716"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49122"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26848"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27063"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10206"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10975"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33724"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Married couple"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35802"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73111"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68396"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6972"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7365"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25087"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25354"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15660"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13399"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10917"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8904"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8095"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7259"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4425"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4330"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="522959"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="529687"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46537"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51487"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163368"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="171716"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78612"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82938"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110564"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="100760"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63231"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63546"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18771"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18137"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41876"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="46"/>
+    <s v="Married couple with children"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41103"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54911"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68979"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3088"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11503"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15302"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10170"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12851"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12907"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14554"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8091"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10176"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2818"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3261"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7280"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9747"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155264"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153189"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3141"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3777"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24750"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26628"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32116"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33223"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12068"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11592"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17147"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17943"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6395"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6626"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59647"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="085"/>
+    <s v="One parent mother with children"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53400"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24497"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24731"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4625"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4587"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2462"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6108"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5919"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3276"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3373"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1519"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5220"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="095"/>
+    <s v="One parent father with children"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5387"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13095"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13328"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1958"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2768"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2768"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1902"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="47"/>
+    <s v="Married couple with other persons"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2069"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26226"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27791"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6355"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7279"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3751"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4227"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6268"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5985"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3939"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4177"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2863"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="48"/>
+    <s v="Married couple with children and other persons"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2715"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8602"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6966"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2241"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4233"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4657"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15190"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17206"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2440"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3004"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3214"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3833"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2541"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4489"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="225"/>
+    <s v="One parent mother with children and other persons"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4683"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2986"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3413"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="295"/>
+    <s v="One parent father with children and other persons"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18317"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21857"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3066"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3903"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2774"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3374"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4378"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4882"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3175"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3533"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2869"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Two family units with/without other persons"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3724"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="32"/>
+    <s v="Three or more family units with/without other persons"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39611"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37648"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1781"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7846"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7399"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6934"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6495"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5532"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5074"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5431"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5239"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2484"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9329"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Non-family households containing related persons"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9176"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62608"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69359"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5346"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6049"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15501"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16193"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9369"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8385"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5779"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4754"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5686"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4910"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19470"/>
+  </r>
+  <r>
+    <s v="EB089"/>
+    <s v="Private Households 2011 to 2016"/>
+    <s v="37"/>
+    <s v="Households comprised of unrelated persons only"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27822"/>
+  </r>
+</pivotCacheRecords>
 </file>