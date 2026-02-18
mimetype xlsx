--- v1 (2026-01-02)
+++ v2 (2026-02-18)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra13becb2ba574c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1de87d54e5b84ab09b395a52bd771aa2.psmdcp" Id="R16300ed27f4a4051" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58a6230f081143c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/244659bd622d4a67a686bc8d41b675c8.psmdcp" Id="Rf64a93d6462e45d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>