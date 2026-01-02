--- v0 (2025-11-04)
+++ v1 (2026-01-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d3bd6b41ce94b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ff9ecec528b4851a6040724d984e1f5.psmdcp" Id="Rb2ebf1796c214c10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb49971e5a5e44ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b87b93b7eb0241b2824c5d13134e4323.psmdcp" Id="Rb1e4c66ac3e94ba1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EB073</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/15/2020 11:00:00 AM</x:t>
+    <x:t>15/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EB073/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P11</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 11 - Employment, Occupations and Industry</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -514,387 +514,176 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L793" totalsRowShown="0">
   <x:autoFilter ref="A1:L793"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Principal Economic Status"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02728V03296"/>
     <x:tableColumn id="8" name="Socio Economic Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1167,51 +956,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EB073/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1398,51 +1187,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="50.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="40.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -31568,51 +31357,51 @@
       <x:c r="I793" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J793" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K793" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L793" s="0">
         <x:v>4554</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31629,51 +31418,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EB073"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="11">
         <x:s v="801"/>
         <x:s v="503"/>
         <x:s v="504"/>
         <x:s v="505"/>
         <x:s v="201"/>
         <x:s v="202"/>
         <x:s v="301"/>
         <x:s v="302"/>
         <x:s v="303"/>
         <x:s v="304"/>
         <x:s v="603"/>
@@ -32501,27 +32290,11116 @@
         <x:n v="6828"/>
         <x:n v="8025"/>
         <x:n v="462"/>
         <x:n v="540"/>
         <x:n v="214"/>
         <x:n v="355"/>
         <x:n v="398"/>
         <x:n v="643"/>
         <x:n v="377"/>
         <x:n v="553"/>
         <x:n v="270"/>
         <x:n v="117"/>
         <x:n v="213"/>
         <x:n v="217"/>
         <x:n v="183"/>
         <x:n v="33"/>
         <x:n v="4283"/>
         <x:n v="4554"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3755313"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495057"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="512377"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214712"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="243178"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="428978"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="476932"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="732117"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="786182"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324023"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="301919"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300910"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="310569"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131215"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133478"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164157"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="154426"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148979"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="140194"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21133"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20649"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="647381"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="675409"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1839849"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271138"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="280105"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120116"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="135373"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154904"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="175433"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227450"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="252101"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251201"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="234459"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164005"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="170788"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72544"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72310"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111283"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103141"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103454"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="100286"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14403"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14084"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281012"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="301769"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1915464"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223919"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="232272"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94596"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107805"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274074"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="301499"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="504667"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="534081"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72822"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67460"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136905"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139781"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58671"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61168"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52874"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51285"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45525"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39908"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6730"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6565"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="366369"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="373640"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="306278"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="313404"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77442"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79160"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31734"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32458"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27458"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31415"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94525"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97283"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65009"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62278"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6027"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5932"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241938"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="241781"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58717"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59127"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24397"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24256"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14701"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16570"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77190"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76770"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59788"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57630"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4628"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4413"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64340"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71623"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18725"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20033"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7337"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8202"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12757"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14845"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17335"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20513"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5221"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4648"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1519"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1495210"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1688549"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207535"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="228763"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113559"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="136260"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252536"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="282054"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="464919"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="499550"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139081"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="155912"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167920"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="185247"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54108"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61172"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10296"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10283"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8666"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9875"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76590"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="119433"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="710046"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="832658"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114854"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="124860"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63545"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75911"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83632"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99142"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131370"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="151380"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132116"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="148744"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99035"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113452"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29170"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35662"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8968"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9085"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6573"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7628"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40783"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66794"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="785164"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="855891"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92681"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103903"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50014"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60349"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168904"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="182912"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="333549"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="348170"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6965"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7168"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68885"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71795"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24938"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25510"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35807"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52639"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5872"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4688"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2557"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3315"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34166"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31434"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2816"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2384"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5100"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5074"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2048"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2765"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2477"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14100"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13553"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19512"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17477"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3243"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3126"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7798"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7423"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14654"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13957"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6302"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6130"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390677"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="265962"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29546"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15595"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8640"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4898"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17477"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11783"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66806"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48175"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67991"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27596"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37389"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24160"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25554"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15315"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17487"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7555"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3142"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2312"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114333"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107170"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254815"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153453"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19758"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9429"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5767"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2980"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9188"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5760"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20140"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14478"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65937"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26295"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26131"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15759"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20725"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11319"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16172"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6547"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2846"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1847"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66304"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57800"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135862"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112509"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9788"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6166"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2873"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8289"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6023"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46666"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33697"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11258"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8401"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4829"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3996"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48029"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49370"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408838"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="427128"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67037"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73673"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22194"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26458"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43621"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49264"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69900"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78669"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21427"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21299"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22422"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24816"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8101"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8764"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12498"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11650"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9789"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8533"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130930"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="123054"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201203"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211054"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33797"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37407"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11235"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13542"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22447"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25292"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35528"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39488"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9988"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10287"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10848"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12309"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3906"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4274"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5967"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5689"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4759"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4176"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62311"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58138"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207635"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="216074"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33240"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36266"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10959"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12916"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21174"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23972"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34372"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39181"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11439"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11012"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11574"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12507"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4195"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4490"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6531"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5961"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5030"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4357"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68619"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64916"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="339918"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="305556"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48557"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41889"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17669"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16946"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18720"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18852"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27612"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28583"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37971"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33420"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22641"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21388"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10664"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9760"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20290"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16271"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23606"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19635"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109881"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96811"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18040"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20747"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2375"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3463"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8853"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9704"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321878"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="284809"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47258"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40224"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16998"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16022"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16648"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16477"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24889"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25120"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37534"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32947"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21729"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20395"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10250"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9310"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20092"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16042"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23200"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19230"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2252"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101028"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87107"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457394"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="545407"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52879"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61746"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17552"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22534"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60133"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73743"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78230"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104105"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43581"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50780"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35417"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39904"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25697"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30964"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13459"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16386"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30847"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32221"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4585"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3787"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95014"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="109237"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237409"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="275236"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37862"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43013"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13123"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16352"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18004"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21099"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23186"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27849"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38403"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44947"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19996"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21337"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14674"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16617"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10123"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12479"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23915"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24918"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4019"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3301"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34104"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43324"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219985"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="270171"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15017"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18733"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4429"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6182"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42129"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52644"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55044"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76256"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5178"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5833"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15421"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18567"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11023"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14347"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3336"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3907"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6932"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7303"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60910"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65913"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156993"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="158348"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8144"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8045"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2326"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5968"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6745"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15908"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17962"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10495"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9801"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10485"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10502"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5082"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5171"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4553"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4164"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3489"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3159"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90273"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="89935"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79502"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78396"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2922"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2943"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3149"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3585"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9890"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10665"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2581"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4626"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4592"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2522"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50659"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48731"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77491"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79952"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5222"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5102"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2819"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6018"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7297"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7914"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7509"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5859"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5910"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2649"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3566"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3245"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39614"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41204"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13316"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14837"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9587"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9730"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6488"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6812"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5304"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5176"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6828"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8025"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4283"/>
+  </r>
+  <r>
+    <s v="EB073"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4554"/>
+  </r>
+</pivotCacheRecords>
 </file>