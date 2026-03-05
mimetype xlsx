--- v1 (2026-01-02)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb49971e5a5e44ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b87b93b7eb0241b2824c5d13134e4323.psmdcp" Id="Rb1e4c66ac3e94ba1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5797da0d11ed48c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a360e0684b51430399783dd783b120f7.psmdcp" Id="R1c66e31985bd4112" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>