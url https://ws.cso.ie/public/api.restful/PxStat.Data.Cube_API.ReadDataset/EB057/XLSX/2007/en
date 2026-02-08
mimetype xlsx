--- v0 (2025-11-09)
+++ v1 (2026-02-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07918ee5c2184fba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/80f67ce84c4f4644826df2ed4e8a93fe.psmdcp" Id="R57b0d8603cca4a1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc415d9f7bb664570" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa240a74757f4334bf22dc346f4e53ea.psmdcp" Id="R500fd5348bd14b6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EB057</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over in the Labour Force 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EB057/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P11</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 11 - Employment, Occupations and Industry</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -568,451 +568,186 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...399 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Detailed Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02843V03417" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J449" totalsRowShown="0">
   <x:autoFilter ref="A1:J449"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02325V02801"/>
     <x:tableColumn id="4" name="Detailed Marital Status"/>
     <x:tableColumn id="5" name="C02843V03417"/>
     <x:tableColumn id="6" name="Intermediate Occupational Group"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1283,51 +1018,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EB057/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1514,51 +1249,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J449"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="61.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="33.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="54.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -15916,51 +15651,51 @@
       <x:c r="G449" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I449" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J449" s="0">
         <x:v>31721</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15977,51 +15712,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J449" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EB057"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02325V02801">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="0115"/>
         <x:s v="05"/>
         <x:s v="09A"/>
         <x:s v="12"/>
         <x:s v="15"/>
         <x:s v="16"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Detailed Marital Status">
@@ -16516,27 +16251,5404 @@
         <x:n v="1802"/>
         <x:n v="1821"/>
         <x:n v="173"/>
         <x:n v="185"/>
         <x:n v="942"/>
         <x:n v="910"/>
         <x:n v="1118"/>
         <x:n v="1114"/>
         <x:n v="656"/>
         <x:n v="582"/>
         <x:n v="3029"/>
         <x:n v="2845"/>
         <x:n v="4286"/>
         <x:n v="5248"/>
         <x:n v="135"/>
         <x:n v="117"/>
         <x:n v="31233"/>
         <x:n v="31721"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120505"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="114143"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50904"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54889"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78768"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95505"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88906"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93915"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98016"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102332"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88091"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="101856"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38606"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39145"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21709"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23327"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26697"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24683"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29727"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35214"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114421"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126044"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184819"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="187382"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41833"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40650"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89292"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84763"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92744"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="89296"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103978"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79423"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62090"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62831"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96216"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="111659"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48373"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54504"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132447"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="129040"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22833"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25990"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84322"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87112"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83414"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75529"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51522"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46543"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150208"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153744"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197596"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="233084"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34166"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31434"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2232203"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2304037"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33883"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29791"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14721"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15545"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31773"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37726"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25760"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27971"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38997"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38246"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38516"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41669"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17222"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17444"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8255"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8582"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10364"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8087"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15213"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17888"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43859"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48179"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72863"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69440"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14863"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13584"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28067"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26509"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38435"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35035"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43097"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28329"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25178"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24684"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34331"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40895"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23715"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25204"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69820"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66950"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13465"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15962"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34445"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36186"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24054"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20637"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25228"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22284"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69587"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72445"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110076"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="127215"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28278"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25486"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="934065"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="941973"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3507"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75180"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73007"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30368"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32623"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42646"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52215"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56213"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58101"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52735"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57533"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44230"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53732"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19033"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19170"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10707"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11629"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14398"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14725"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11448"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13640"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61340"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67197"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95697"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99815"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21898"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21824"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54478"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51643"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47556"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47328"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51978"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43315"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30107"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30762"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48138"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54703"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19564"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22948"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50897"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49741"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7615"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8087"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41964"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42448"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49024"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44773"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21134"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19620"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62410"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62081"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67812"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83620"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4664"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4480"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1093234"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1140760"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2957"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2427"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2789"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1771"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2282"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2846"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33601"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38447"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4110"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3751"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2572"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3504"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3644"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6479"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6586"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2467"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3647"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2330"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5601"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6169"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2121"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4629"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4521"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2995"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2997"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3911"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3460"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6521"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6386"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8056"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8123"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77287"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77032"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3239"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3245"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2448"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1953"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2797"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3428"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4932"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5860"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2164"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2781"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2507"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2409"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2713"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3914"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4982"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1767"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2248"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3710"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4065"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2721"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3059"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3213"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3223"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1916"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1713"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6319"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6912"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5537"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6387"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62783"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70597"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Corporate managers and directors"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Other managers and proprietors"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="21"/>
+    <s v="Science, research, engineering and technology professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="22"/>
+    <s v="Health professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="23"/>
+    <s v="Teaching and educational professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="24"/>
+    <s v="Business, media and public service professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="31"/>
+    <s v="Science, engineering and technology associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="32"/>
+    <s v="Health and social care associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="33"/>
+    <s v="Protective service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="34"/>
+    <s v="Culture, media and sports occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="35"/>
+    <s v="Business and public service associate professionals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="41"/>
+    <s v="Administrative occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="42"/>
+    <s v="Secretarial and related occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3020"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="51"/>
+    <s v="Skilled agricultural and related trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2480"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="52"/>
+    <s v="Skilled metal, electrical and electronic trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="53"/>
+    <s v="Skilled construction and building trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="54"/>
+    <s v="Textiles, printing and other skilled trades"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2703"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="61"/>
+    <s v="Caring personal service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2823"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="62"/>
+    <s v="Leisure, travel and related personal service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1802"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="71"/>
+    <s v="Sales occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1821"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="72"/>
+    <s v="Customer service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="81"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="82"/>
+    <s v="Transport and mobile machine drivers and operatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="91"/>
+    <s v="Elementary trades and related occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3029"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="92"/>
+    <s v="Elementary administration and service occupations"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2845"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4286"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="X9"/>
+    <s v="Other/not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5248"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="X20"/>
+    <s v="Unemployed - looking for first regular job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31233"/>
+  </r>
+  <r>
+    <s v="EB057"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="X21"/>
+    <s v="Total in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31721"/>
+  </r>
+</pivotCacheRecords>
 </file>