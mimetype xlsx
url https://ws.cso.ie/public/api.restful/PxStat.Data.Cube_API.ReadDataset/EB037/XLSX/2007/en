--- v0 (2025-10-08)
+++ v1 (2025-12-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a5893e9efe04afc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a3c614500f8429696899a9ab0155950.psmdcp" Id="R226bb4931ef84740" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc567f78e217b4a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2ef98bb04ebf47b99d9f59a2a3bfe6cc.psmdcp" Id="R1f75a91fd7804a5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EB037</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EB037/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P11</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 11 - Employment, Occupations and Industry</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -565,443 +565,184 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...391 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02852V03430" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02688V03255" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ethnic or Cultural Background" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J501" totalsRowShown="0">
   <x:autoFilter ref="A1:J501"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02852V03430"/>
     <x:tableColumn id="4" name="Broad Industrial Group"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="C02688V03255"/>
     <x:tableColumn id="8" name="Ethnic or Cultural Background"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1272,51 +1013,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EB037/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1503,51 +1244,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J501"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="99.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="79.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="44.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -17569,51 +17310,51 @@
       <x:c r="G501" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I501" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J501" s="0">
         <x:v>2264734</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17630,51 +17371,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J501" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EB037"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02852V03430">
       <x:sharedItems count="25">
         <x:s v="A"/>
         <x:s v="B"/>
         <x:s v="C"/>
         <x:s v="D"/>
         <x:s v="E"/>
         <x:s v="F"/>
         <x:s v="G"/>
         <x:s v="H"/>
         <x:s v="I"/>
         <x:s v="J"/>
         <x:s v="K"/>
@@ -18163,27 +17904,6028 @@
         <x:n v="265111"/>
         <x:n v="20905"/>
         <x:n v="2501"/>
         <x:n v="8729"/>
         <x:n v="32873"/>
         <x:n v="18124"/>
         <x:n v="32574"/>
         <x:n v="2199668"/>
         <x:n v="1801196"/>
         <x:n v="10653"/>
         <x:n v="280661"/>
         <x:n v="21397"/>
         <x:n v="3006"/>
         <x:n v="9668"/>
         <x:n v="39215"/>
         <x:n v="31682"/>
         <x:n v="67256"/>
         <x:n v="2264734"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="85481"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="4654"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="91176"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="82808"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="4670"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="88637"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="4855"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="5261"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="4592"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="4959"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="146878"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="29435"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="181486"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="158588"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="33171"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="2463"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="198790"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="10302"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="10993"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="11699"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="12646"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="7301"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="1822"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="9348"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="8124"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="10148"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="76391"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="8263"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="85982"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="87544"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="10420"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="99917"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="212206"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="39212"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="2097"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="260257"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="212981"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="40349"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="3146"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="3254"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="264331"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="66254"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="7958"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="76962"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="67198"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="9391"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="79814"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="61889"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="29238"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="3155"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="3923"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="2207"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="102533"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="68785"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="32127"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="3247"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="4618"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="4160"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="115750"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="52052"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="11810"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="66854"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="63716"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="18086"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="87916"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="81649"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="7787"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="91389"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="77956"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="8441"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="89326"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="7401"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="8201"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="7924"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="8782"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="80899"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="7914"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="90858"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="95455"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="11810"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="110795"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="42215"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="14233"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="59926"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="48886"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="16417"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="70114"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="107569"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="111533"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="100278"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="2702"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="104272"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="150546"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="9717"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="163675"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="159710"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="10748"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="174282"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="164447"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="13374"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="3213"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="10848"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="194916"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="183996"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="16084"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="4002"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="11476"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="2906"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="220399"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="25566"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="3730"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="30038"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="28447"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="3935"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="33403"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="33223"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="4188"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="38705"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="34310"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="5497"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="41982"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="61800"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="10834"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="17451"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="95812"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="79539"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="14535"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="48116"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="151225"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="23653"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="5141"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="33536"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="20829"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="4628"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD230"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="30762"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="305013"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="7570"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="50809"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="7040"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="5326"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="4021"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="6264"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="387732"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="196194"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="7794"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="33141"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="5892"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="5373"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="5235"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="8167"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD240"/>
+    <s v="Unemployed, having lost or given up previous job"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="263244"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="1808912"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="9939"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="265111"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="20905"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="2501"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="8729"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="32873"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="18124"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="32574"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="2199668"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="Number"/>
+    <n v="1801196"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="Number"/>
+    <n v="10653"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="Number"/>
+    <n v="280661"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="Number"/>
+    <n v="21397"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="Number"/>
+    <n v="3006"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="Number"/>
+    <n v="9668"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="Number"/>
+    <n v="39215"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="Number"/>
+    <n v="31682"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="67256"/>
+  </r>
+  <r>
+    <s v="EB037"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="ZXD250"/>
+    <s v="Total in labour force"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="Number"/>
+    <n v="2264734"/>
+  </r>
+</pivotCacheRecords>
 </file>