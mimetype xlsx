--- v1 (2025-12-03)
+++ v2 (2026-02-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc567f78e217b4a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2ef98bb04ebf47b99d9f59a2a3bfe6cc.psmdcp" Id="R1f75a91fd7804a5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3bfe35c276648a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea0d0c6d550542279749213757a28f4b.psmdcp" Id="R5db1891f7ff54f24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>