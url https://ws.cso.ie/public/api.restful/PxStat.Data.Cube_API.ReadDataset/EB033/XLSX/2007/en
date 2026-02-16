--- v0 (2025-10-05)
+++ v1 (2026-02-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d6557c9800b4902" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e016f72ad7134dcc8d9aa983f21da114.psmdcp" Id="R0a63f3eba4364749" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R682909f8995d48c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a8d6216bb964cd79af0201432b85aa7.psmdcp" Id="R5cd9bfa5019a4b7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EB033</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EB033/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P11</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 11 - Employment, Occupations and Industry</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -547,427 +547,186 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...375 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02852V03430" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="23">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="23">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Employment Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L691" totalsRowShown="0">
   <x:autoFilter ref="A1:L691"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02852V03430"/>
     <x:tableColumn id="6" name="Broad Industrial Group"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="C02704V03272"/>
     <x:tableColumn id="10" name="Employment Status"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1240,51 +999,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EB033/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1471,51 +1230,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L691"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="92.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="79.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="55.139196" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -27765,51 +27524,51 @@
       <x:c r="I691" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J691" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K691" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L691" s="0">
         <x:v>112509</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -27826,51 +27585,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L691" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EB033"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -28585,27 +28344,9688 @@
         <x:n v="36869"/>
         <x:n v="480"/>
         <x:n v="56641"/>
         <x:n v="121893"/>
         <x:n v="4866"/>
         <x:n v="58703"/>
         <x:n v="432"/>
         <x:n v="57892"/>
         <x:n v="988681"/>
         <x:n v="64340"/>
         <x:n v="785164"/>
         <x:n v="3315"/>
         <x:n v="135862"/>
         <x:n v="1042476"/>
         <x:n v="71623"/>
         <x:n v="855891"/>
         <x:n v="2453"/>
         <x:n v="112509"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="97473"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="66555"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="23013"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="1958"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5947"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="93104"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="63404"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="24336"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3988"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="6534"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="4810"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="5603"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="4583"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="218205"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="16877"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="166612"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="34513"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="218626"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="16310"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="184849"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="17311"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="12071"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="10492"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="13431"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="12024"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="10579"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="8576"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="11063"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="9380"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="154067"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="35154"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="51964"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="66696"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="124205"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="37339"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="64313"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="22356"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="300794"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="36995"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="224538"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="38588"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="291970"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="33942"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="232270"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="25297"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="87736"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="20408"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="57441"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="9737"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="86194"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="15790"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="65216"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5070"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="121670"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="13894"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="89268"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="18121"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="129402"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="13492"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="103102"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="12484"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="75290"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9281"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="59189"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6759"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="95054"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10770"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="79233"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4984"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="97972"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4785"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="88024"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5135"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="94910"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4743"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="86107"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4032"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="9274"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2898"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="5441"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="9480"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2827"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="6192"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="103289"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="26209"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="66451"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="10421"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="118928"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="28638"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="84714"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5406"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="72328"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9209"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="51319"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="11612"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="78230"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10079"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="60836"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7154"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="117200"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="111415"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4158"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="108820"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="104365"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2891"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="176349"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9199"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="157892"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="9059"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="183980"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10799"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="165873"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7125"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="206159"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="11536"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="185493"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8816"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="231218"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="12643"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="210805"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7493"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="34746"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6115"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="24474"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4083"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="37104"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8049"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="26037"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2939"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="44477"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="11837"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="27142"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5337"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="46259"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="13784"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="28562"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3770"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="3027"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="2186"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="248758"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="21364"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="79150"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="147447"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="291085"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="26471"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="132735"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="131096"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="2198037"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="306278"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="1495210"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="5872"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="390677"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="2272603"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="313404"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="1688549"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="4688"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="265962"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="85493"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="61169"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="18086"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5062"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="81955"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="58609"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="19124"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3324"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="5874"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="4270"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="4966"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="4025"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="151390"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="14147"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="112621"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="24542"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="152088"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="13183"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="127225"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="11609"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="9179"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="7836"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="10154"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="8934"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="8688"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="6948"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="8948"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="7482"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="144801"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="34140"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="45853"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="64627"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="116253"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="36285"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="58194"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="21615"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="155331"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="28109"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="106374"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="20620"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="152659"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="25716"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="114085"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="12670"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="70691"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="19044"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="43407"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8182"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="68101"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="14574"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="49363"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4103"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="56244"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8566"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="39296"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8256"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="60818"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8117"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="46914"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5658"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="50055"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7365"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="38368"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4295"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="64089"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8413"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="52420"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3221"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="43087"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3963"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="37027"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="44695"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3859"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="39197"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="4865"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="2261"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="4846"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="54006"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="18976"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="29297"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5671"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="63337"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="20268"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="40313"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2714"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="41213"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7053"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="26800"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7297"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="43763"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7424"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="32117"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4157"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="61900"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="58452"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="57177"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="54571"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="45035"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3050"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="39041"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2891"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="45340"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3454"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="39876"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="39620"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4928"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="32959"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="48361"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5249"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="41396"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="18016"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3976"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="11799"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="20403"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5122"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="13530"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1712"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="12417"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4716"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="6549"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="12426"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4775"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="6826"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="150827"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="17423"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="42281"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="90806"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="169192"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="21605"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="74032"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="73204"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="1209356"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="241938"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="710046"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="2557"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="254815"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="1230127"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="241781"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="832658"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="153453"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="11980"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5386"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="4927"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="11149"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4795"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="5212"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Agriculture, forestry and fishing (A)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Mining and quarrying (B)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="66815"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2730"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="53991"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="9971"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="66538"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3127"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="57624"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5702"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="2892"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="2656"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="3277"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="3090"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Electricity, gas, steam and air conditioning supply (D)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="1898"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (E)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="9266"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="6111"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2069"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="7952"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="6119"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="145463"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8886"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="118164"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="17968"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="139311"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8226"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="118185"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="12627"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="17045"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="14034"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="18093"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="15853"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="65426"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5328"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="49972"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="9865"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="68584"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5375"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="56188"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6826"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="25235"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1916"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="20821"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="30965"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2357"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="26813"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="54885"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="50997"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3043"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="50215"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="46910"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2400"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="4409"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="3180"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="4634"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="3642"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="49283"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7233"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="37154"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4750"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="55591"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8370"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="44401"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="31115"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2156"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="24519"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4315"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="34467"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="28719"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2997"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="55300"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="52963"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="51643"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="49794"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="131314"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6149"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="118851"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6168"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="138640"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7345"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="125997"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5165"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="166539"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6608"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="152534"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7124"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="182857"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7394"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="169409"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5823"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="16730"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="12675"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1871"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="16701"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="12507"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R"/>
+    <s v="Arts, entertainment and recreation (R)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="32060"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7121"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="20593"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4243"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="33833"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9009"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="21736"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2991"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="2892"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="2086"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T"/>
+    <s v="Activities of households as employers producing activities of households for own use (T)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U"/>
+    <s v="Activities of extraterritorial organisations and bodies (U)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="97931"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3941"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="36869"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="56641"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="121893"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4866"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="58703"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="57892"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="988681"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="64340"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="785164"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="3315"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="135862"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="Number"/>
+    <n v="1042476"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="71623"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="855891"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="EB033"/>
+    <s v="Population Aged 15 Years and Over in the Labour Force (Excluding First Time Job Seekers) 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZXD300"/>
+    <s v="Total persons"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="112509"/>
+  </r>
+</pivotCacheRecords>
 </file>