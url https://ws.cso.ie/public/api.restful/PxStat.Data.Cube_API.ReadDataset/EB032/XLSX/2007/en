--- v0 (2025-11-09)
+++ v1 (2026-01-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07f9d543b13d40c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e5db96b2b80240bcb6c961a9c02fe2cf.psmdcp" Id="R91b0e4d8780d4d88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fd66d449af1491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9bfe652ea51449696d983a1eb163a3f.psmdcp" Id="R676eb2a4b16f45b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EB032</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Average Age of Population Aged 15 Years and Over At Work 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EB032/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P11</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 11 - Employment, Occupations and Industry</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -1231,1323 +1231,398 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02852V03430" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="147">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+      </items>
+    </pivotField>
+    <pivotField name="Detailed Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="147">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H295" totalsRowShown="0">
   <x:autoFilter ref="A1:H295"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02852V03430"/>
     <x:tableColumn id="4" name="Detailed Industrial Group"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -2816,51 +1891,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EB032/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -3047,51 +2122,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H295"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="65.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="85.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -10749,51 +9824,51 @@
       <x:c r="E295" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H295" s="0">
         <x:v>42.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10810,51 +9885,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H295" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EB032"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02852V03430">
       <x:sharedItems count="147">
         <x:s v="W0100"/>
         <x:s v="X0100"/>
         <x:s v="ZXD500"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="ZXD200"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="0892"/>
         <x:s v="0898"/>
         <x:s v="09"/>
@@ -11259,27 +10334,2968 @@
         <x:n v="37.1"/>
         <x:n v="36.6"/>
         <x:n v="37.8"/>
         <x:n v="34.2"/>
         <x:n v="36.7"/>
         <x:n v="44.8"/>
         <x:n v="39.6"/>
         <x:n v="38.3"/>
         <x:n v="47.1"/>
         <x:n v="45.6"/>
         <x:n v="44.6"/>
         <x:n v="45.7"/>
         <x:n v="49.5"/>
         <x:n v="51.8"/>
         <x:n v="43.1"/>
         <x:n v="33.9"/>
         <x:n v="35.7"/>
         <x:n v="49.9"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="W0100"/>
+    <s v="Growing of perennial and non-perennial crops plant propagation (011,012,013)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="W0100"/>
+    <s v="Growing of perennial and non-perennial crops plant propagation (011,012,013)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="X0100"/>
+    <s v="Farming  of animals mixed farming (0141, 0142, 0144 to 0150)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="X0100"/>
+    <s v="Farming  of animals mixed farming (0141, 0142, 0144 to 0150)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="ZXD500"/>
+    <s v="Other agricultural activities and agricultural activities n.e.c."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="ZXD500"/>
+    <s v="Other agricultural activities and agricultural activities n.e.c."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Forestry and logging (02)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Forestry and logging (02)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Fishing and aquaculture (03)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Fishing and aquaculture (03)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="ZXD200"/>
+    <s v="Horseracing activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39.4"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="ZXD200"/>
+    <s v="Horseracing activities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Extraction of crude petroleum and natural gas (06)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Extraction of crude petroleum and natural gas (06)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Mining of metal ores (07)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="07"/>
+    <s v="Mining of metal ores (07)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="0892"/>
+    <s v="Extraction of peat (0892)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="0892"/>
+    <s v="Extraction of peat (0892)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="0898"/>
+    <s v="Other mining and quarrying (05, 08)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="0898"/>
+    <s v="Other mining and quarrying (05, 08)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Mining support service activities (09)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="09"/>
+    <s v="Mining support service activities (09)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="101"/>
+    <s v="Meat and meat products (101)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="101"/>
+    <s v="Meat and meat products (101)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="102"/>
+    <s v="Fish, crustaceans and molluscs (102)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="102"/>
+    <s v="Fish, crustaceans and molluscs (102)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="103"/>
+    <s v="Fruit and vegetables (103)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="103"/>
+    <s v="Fruit and vegetables (103)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="104"/>
+    <s v="Vegetable, animal oils and fats (104)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="104"/>
+    <s v="Vegetable, animal oils and fats (104)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="105"/>
+    <s v="Dairy products (105)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="105"/>
+    <s v="Dairy products (105)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="106"/>
+    <s v="Grain mill products, starches and starch products (106)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="106"/>
+    <s v="Grain mill products, starches and starch products (106)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="107"/>
+    <s v="Bakery and farinaceous products (107)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="107"/>
+    <s v="Bakery and farinaceous products (107)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="108"/>
+    <s v="Other food products (108)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="108"/>
+    <s v="Other food products (108)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="109"/>
+    <s v="Prepared animal feeds (109)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="109"/>
+    <s v="Prepared animal feeds (109)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Beverages (11)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="11"/>
+    <s v="Beverages (11)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Tobacco products (12)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="12"/>
+    <s v="Tobacco products (12)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Textiles (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="13"/>
+    <s v="Textiles (13)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Wearing apparel (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="14"/>
+    <s v="Wearing apparel (14)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Leather and related products (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="15"/>
+    <s v="Leather and related products (15)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Wood and wood products, except furniture (16)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="16"/>
+    <s v="Wood and wood products, except furniture (16)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Paper and paper products (17)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="17"/>
+    <s v="Paper and paper products (17)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Printing and reproduction of recorded media (18)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="18"/>
+    <s v="Printing and reproduction of recorded media (18)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="V2900"/>
+    <s v="Petroleum and chemical products (19,20)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="221"/>
+    <s v="Rubber products (221)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="221"/>
+    <s v="Rubber products (221)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="222"/>
+    <s v="Plastics products (222)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="222"/>
+    <s v="Plastics products (222)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="231"/>
+    <s v="Glass and glass products (231)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="231"/>
+    <s v="Glass and glass products (231)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="236"/>
+    <s v="Articles of concrete, cement and plaster (236)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="236"/>
+    <s v="Articles of concrete, cement and plaster (236)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="2399"/>
+    <s v="Other non-metallic mineral products n.e.c. (2399)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="2399"/>
+    <s v="Other non-metallic mineral products n.e.c. (2399)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="24"/>
+    <s v="Basic metals (24)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="24"/>
+    <s v="Basic metals (24)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Fabricated metal products, except machinery and equipment (25)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="25"/>
+    <s v="Fabricated metal products, except machinery and equipment (25)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="261"/>
+    <s v="Electronic components and boards (261)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="261"/>
+    <s v="Electronic components and boards (261)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="262"/>
+    <s v="Computers and peripheral equipment (262)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="262"/>
+    <s v="Computers and peripheral equipment (262)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="W1100"/>
+    <s v="Other electronic and optical products (263 to 268)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="W1100"/>
+    <s v="Other electronic and optical products (263 to 268)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="29"/>
+    <s v="Motor vehicles, trailers and semi-trailers (29)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.4"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="29"/>
+    <s v="Motor vehicles, trailers and semi-trailers (29)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Other transport equipment (30)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="30"/>
+    <s v="Other transport equipment (30)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Furniture (31)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="31"/>
+    <s v="Furniture (31)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="325"/>
+    <s v="Medical and dental instruments and supplies (325)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="325"/>
+    <s v="Medical and dental instruments and supplies (325)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="3299"/>
+    <s v="Other manufacturing n.e.c. (3299)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="3299"/>
+    <s v="Other manufacturing n.e.c. (3299)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Repair and installation of machinery and equipment (33)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="33"/>
+    <s v="Repair and installation of machinery and equipment (33)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="351"/>
+    <s v="Electric power generation, transmission and distribution (351)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="351"/>
+    <s v="Electric power generation, transmission and distribution (351)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="W1180"/>
+    <s v="Gas, steam and air conditioning supply (352, 353)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="W1180"/>
+    <s v="Gas, steam and air conditioning supply (352, 353)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Water collection, treatment and supply (36)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="36"/>
+    <s v="Water collection, treatment and supply (36)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="V3950"/>
+    <s v="Sewerage, waste management and remediation activities (37 to 39)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="V3950"/>
+    <s v="Sewerage, waste management and remediation activities (37 to 39)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="41"/>
+    <s v="Construction of buildings (41)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="41"/>
+    <s v="Construction of buildings (41)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Civil engineering (42)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="42"/>
+    <s v="Civil engineering (42)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="431"/>
+    <s v="Demolition and site preparation (431)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="431"/>
+    <s v="Demolition and site preparation (431)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4321"/>
+    <s v="Electrical installation (4321)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4321"/>
+    <s v="Electrical installation (4321)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4322"/>
+    <s v="Plumbing, heat and air-conditioning installation (4322)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4322"/>
+    <s v="Plumbing, heat and air-conditioning installation (4322)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4329"/>
+    <s v="Other construction installation (4329)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4329"/>
+    <s v="Other construction installation (4329)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="433"/>
+    <s v="Building completion and finishing (433)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="433"/>
+    <s v="Building completion and finishing (433)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="439"/>
+    <s v="Other specialised construction activities (439)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="439"/>
+    <s v="Other specialised construction activities (439)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="45"/>
+    <s v="Motor trades (45)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="463"/>
+    <s v="Wholesale of food, beverages and tobacco (463)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="463"/>
+    <s v="Wholesale of food, beverages and tobacco (463)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="464"/>
+    <s v="Wholesale of household goods (464)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="464"/>
+    <s v="Wholesale of household goods (464)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4673"/>
+    <s v="Wholesale of wood, construction materials and sanitary equipment (4673)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4673"/>
+    <s v="Wholesale of wood, construction materials and sanitary equipment (4673)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="W1190"/>
+    <s v="Wholesale trade (461,462,465,466,4671,4672,4674 to 4690)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="W1190"/>
+    <s v="Wholesale trade (461,462,465,466,4671,4672,4674 to 4690)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4711"/>
+    <s v="Retail sale in non-specialised stores with food, beverages or tobacco predominating (4711)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="472"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (472)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="472"/>
+    <s v="Retail sale of food, beverages and tobacco in specialised stores (472)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="473"/>
+    <s v="Retail sale of automotive fuel in specialised stores (473)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="473"/>
+    <s v="Retail sale of automotive fuel in specialised stores (473)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="474"/>
+    <s v="Retail sale of information and communication equipment in specialised stores (474)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="474"/>
+    <s v="Retail sale of information and communication equipment in specialised stores (474)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4751"/>
+    <s v="Retail sale of textiles in specialised stores (4751)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4751"/>
+    <s v="Retail sale of textiles in specialised stores (4751)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4752"/>
+    <s v="Retail sale of hardware, paints and glass (4752)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4754"/>
+    <s v="Retail sale of electrical household appliances in specialised stores (4754)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4754"/>
+    <s v="Retail sale of electrical household appliances in specialised stores (4754)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and Lighting (4759)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4759"/>
+    <s v="Retail sale of furniture and Lighting (4759)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="476"/>
+    <s v="Retail sale of cultural and recreation goods in specialised stores (476)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="476"/>
+    <s v="Retail sale of cultural and recreation goods in specialised stores (476)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4771"/>
+    <s v="Retail sale of clothing in specialised stores (4771)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4771"/>
+    <s v="Retail sale of clothing in specialised stores (4771)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4772"/>
+    <s v="Retail sale of footwear and leather goods in specialised stores (4772)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4772"/>
+    <s v="Retail sale of footwear and leather goods in specialised stores (4772)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40.4"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="W1260"/>
+    <s v="Retail trade (474,4753, 4773 to 4791)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="W1260"/>
+    <s v="Retail trade (474,4753, 4773 to 4791)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4932"/>
+    <s v="Taxi operation (4932)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4932"/>
+    <s v="Taxi operation (4932)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4939"/>
+    <s v="Other passenger land transport n.e.c. (4939)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4939"/>
+    <s v="Other passenger land transport n.e.c. (4939)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4941"/>
+    <s v="Freight transport by road (4941)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="4941"/>
+    <s v="Freight transport by road (4941)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44.4"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="495"/>
+    <s v="Transport via pipeline (495)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="495"/>
+    <s v="Transport via pipeline (495)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="W1280"/>
+    <s v="Transport via railways (491,492)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="W1280"/>
+    <s v="Transport via railways (491,492)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45.4"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Water transport (50)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="50"/>
+    <s v="Water transport (50)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="51"/>
+    <s v="Air transport (51)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="51"/>
+    <s v="Air transport (51)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="5229"/>
+    <s v="Other transportation support activities (5229)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="5229"/>
+    <s v="Other transportation support activities (5229)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="X1750"/>
+    <s v="Warehousing, storage and cargo handling (5210,5224)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="X1750"/>
+    <s v="Warehousing, storage and cargo handling (5210,5224)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="X1820"/>
+    <s v="Service activities incidental to land, water and air transportation (5221 to 5223)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="X1820"/>
+    <s v="Service activities incidental to land, water and air transportation (5221 to 5223)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Postal and courier activities (53)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="53"/>
+    <s v="Postal and courier activities (53)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="551"/>
+    <s v="Hotels and similar accommodation (551)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="551"/>
+    <s v="Hotels and similar accommodation (551)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="W1350"/>
+    <s v="Short-stay accommodation (552,553)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="W1350"/>
+    <s v="Short-stay accommodation (552,553)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="561"/>
+    <s v="Restaurants and mobile food service activities (561)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="561"/>
+    <s v="Restaurants and mobile food service activities (561)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="562"/>
+    <s v="Event catering and other food service activities (562)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="562"/>
+    <s v="Event catering and other food service activities (562)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="563"/>
+    <s v="Beverage serving activities (563)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="563"/>
+    <s v="Beverage serving activities (563)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="58"/>
+    <s v="Publishing activities (58)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="58"/>
+    <s v="Publishing activities (58)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Picture, video and television programmes, sound recording and music publishing activities (59)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="59"/>
+    <s v="Picture, video and television programmes, sound recording and music publishing activities (59)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="60"/>
+    <s v="Programming and broadcasting activities (60)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="60"/>
+    <s v="Programming and broadcasting activities (60)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="64"/>
+    <s v="Financial service activities, except insurance and pension funding (64)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="64"/>
+    <s v="Financial service activities, except insurance and pension funding (64)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="65"/>
+    <s v="Insurance, reinsurance and pension funding, except compulsory social security (65)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="65"/>
+    <s v="Insurance, reinsurance and pension funding, except compulsory social security (65)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="661"/>
+    <s v="Activities auxiliary to financial services, except insurance and pension funding (661)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="661"/>
+    <s v="Activities auxiliary to financial services, except insurance and pension funding (661)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="662"/>
+    <s v="Activities auxiliary to insurance and pension funding (662)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="662"/>
+    <s v="Activities auxiliary to insurance and pension funding (662)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="663"/>
+    <s v="Fund management activities (663)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="663"/>
+    <s v="Fund management activities (663)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="68"/>
+    <s v="Real estate activities (68)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="68"/>
+    <s v="Real estate activities (68)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="691"/>
+    <s v="Legal activities (691)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="691"/>
+    <s v="Legal activities (691)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="692"/>
+    <s v="Accounting, bookkeeping and auditing activities; tax consultancy (692)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="692"/>
+    <s v="Accounting, bookkeeping and auditing activities; tax consultancy (692)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="70"/>
+    <s v="Activities of head offices management consultancy activities (70)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="70"/>
+    <s v="Activities of head offices management consultancy activities (70)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="711"/>
+    <s v="Architectural and engineering activities and related technical consultancy (711)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="711"/>
+    <s v="Architectural and engineering activities and related technical consultancy (711)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="712"/>
+    <s v="Technical testing and analysis (712)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="712"/>
+    <s v="Technical testing and analysis (712)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="72"/>
+    <s v="Scientific research and development (72)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="73"/>
+    <s v="Advertising and market research (73)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="73"/>
+    <s v="Advertising and market research (73)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="74"/>
+    <s v="Other professional, scientific and technical activities (74)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="74"/>
+    <s v="Other professional, scientific and technical activities (74)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="75"/>
+    <s v="Veterinary activities (75)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="75"/>
+    <s v="Veterinary activities (75)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="77"/>
+    <s v="Renting and leasing activities (77)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="77"/>
+    <s v="Renting and leasing activities (77)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="78"/>
+    <s v="Employment activities (78)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="78"/>
+    <s v="Employment activities (78)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="79"/>
+    <s v="Travel agency, tour operator and other reservation service and related activities (79)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="79"/>
+    <s v="Travel agency, tour operator and other reservation service and related activities (79)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="80"/>
+    <s v="Security and investigation activities (80)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="80"/>
+    <s v="Security and investigation activities (80)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="81"/>
+    <s v="Services to buildings and landscape activities (81)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="81"/>
+    <s v="Services to buildings and landscape activities (81)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="82"/>
+    <s v="Office administrative, office support and other business support activities (82)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="82"/>
+    <s v="Office administrative, office support and other business support activities (82)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="8422"/>
+    <s v="Defence activities (8422)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="8422"/>
+    <s v="Defence activities (8422)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="8424"/>
+    <s v="Public order and safety activities (8424)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="8424"/>
+    <s v="Public order and safety activities (8424)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="V8500"/>
+    <s v="Public administration compulsory social security activities (841,8421 to 8423,8425,843)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="V8500"/>
+    <s v="Public administration compulsory social security activities (841,8421 to 8423,8425,843)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="851"/>
+    <s v="Pre-primary education (851)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="851"/>
+    <s v="Pre-primary education (851)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="852"/>
+    <s v="Primary education (852)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="852"/>
+    <s v="Primary education (852)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="853"/>
+    <s v="Secondary education (853)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="853"/>
+    <s v="Secondary education (853)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="854"/>
+    <s v="Higher education (854)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="854"/>
+    <s v="Higher education (854)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="V8900"/>
+    <s v="Other education and educational support activities (855,856 )"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="V8900"/>
+    <s v="Other education and educational support activities (855,856 )"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="861"/>
+    <s v="Hospital activities (861)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="861"/>
+    <s v="Hospital activities (861)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="862"/>
+    <s v="Medical and dental practice activities (862)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="862"/>
+    <s v="Medical and dental practice activities (862)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="8623"/>
+    <s v="Dental practice activities (8623)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="8623"/>
+    <s v="Dental practice activities (8623)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="869"/>
+    <s v="Other human health activities (869)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="869"/>
+    <s v="Other human health activities (869)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="V9100"/>
+    <s v="Residential care and social work activities (87,88)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="90"/>
+    <s v="Creative, arts and entertainment activities (90)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="90"/>
+    <s v="Creative, arts and entertainment activities (90)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="91"/>
+    <s v="Libraries, archives, museums and other cultural activities (91)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="91"/>
+    <s v="Libraries, archives, museums and other cultural activities (91)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="92"/>
+    <s v="Gambling and betting activities (92)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="92"/>
+    <s v="Gambling and betting activities (92)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="93"/>
+    <s v="Sports activities and amusement and recreation activities (93)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="93"/>
+    <s v="Sports activities and amusement and recreation activities (93)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="94"/>
+    <s v="Activities of membership organisations (94)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49.5"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="94"/>
+    <s v="Activities of membership organisations (94)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="95"/>
+    <s v="Repair of computers and personal and household goods (95)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="95"/>
+    <s v="Repair of computers and personal and household goods (95)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="9601"/>
+    <s v="Washing and (dry-)cleaning of textile and fur products (9601)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="9601"/>
+    <s v="Washing and (dry-)cleaning of textile and fur products (9601)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43.6"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="9602"/>
+    <s v="Hairdressing and other beauty treatment (9602)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="9602"/>
+    <s v="Hairdressing and other beauty treatment (9602)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="9603"/>
+    <s v="Funeral and related activities (9603)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="9603"/>
+    <s v="Funeral and related activities (9603)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="9604"/>
+    <s v="Activities of physical well-being institutes (9604)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="9604"/>
+    <s v="Activities of physical well-being institutes (9604)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="9609"/>
+    <s v="Other personal service activities n.e.c. (9609)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40.3"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="9609"/>
+    <s v="Other personal service activities n.e.c. (9609)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="97"/>
+    <s v="Activities of households as employers of domestic personnel (97)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="97"/>
+    <s v="Activities of households as employers of domestic personnel (97)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="99"/>
+    <s v="Activities of extraterritorial organisations and bodies (99)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="99"/>
+    <s v="Activities of extraterritorial organisations and bodies (99)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="ZXD210"/>
+    <s v="Industry not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="EB032"/>
+    <s v="Average Age of Population Aged 15 Years and Over At Work 2011 to 2016"/>
+    <s v="ZXD220"/>
+    <s v="Total at work"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42.2"/>
+  </r>
+</pivotCacheRecords>
 </file>