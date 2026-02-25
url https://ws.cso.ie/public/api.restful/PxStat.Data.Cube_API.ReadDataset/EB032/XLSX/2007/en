--- v1 (2026-01-01)
+++ v2 (2026-02-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fd66d449af1491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9bfe652ea51449696d983a1eb163a3f.psmdcp" Id="R676eb2a4b16f45b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58bfbf7a8d9d4b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b74ec4dd99da49cbb603e6c570f009d0.psmdcp" Id="R70427bd6f739469f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>