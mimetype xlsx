--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0edc28e58cfb419b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a2015995b1f482ca14aa7ccff5220f2.psmdcp" Id="Re0ebd208131b4b99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0af825cf2034b89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/77b86daa9924477e96dc43fa155928b0.psmdcp" Id="R2dd8a8307913481c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>