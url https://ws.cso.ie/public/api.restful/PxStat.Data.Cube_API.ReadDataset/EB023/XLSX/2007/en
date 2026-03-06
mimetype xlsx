--- v1 (2025-11-15)
+++ v2 (2026-03-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0af825cf2034b89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/77b86daa9924477e96dc43fa155928b0.psmdcp" Id="R2dd8a8307913481c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74ecd32e440643fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4bd8202a119b45aa9c21801295bc09ba.psmdcp" Id="Rf4cc5ecbb5e64f8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EB023</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Females Aged 15 Years and Over by Whether or Not They Have Had Children 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EB023/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P11</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 11 - Employment, Occupations and Industry</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -517,371 +517,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1057" totalsRowShown="0">
   <x:autoFilter ref="A1:J1057"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02076V03371"/>
     <x:tableColumn id="2" name="Age Group"/>
     <x:tableColumn id="3" name="STATISTIC"/>
     <x:tableColumn id="4" name="Statistic Label"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="Principal Economic Status"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1152,51 +947,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EB023/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1383,51 +1178,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1057"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="44.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="50.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -35241,51 +35036,51 @@
       <x:c r="G1057" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H1057" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I1057" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J1057" s="0">
         <x:v>227</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -35302,51 +35097,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1057" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="12">
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
         <x:s v="575"/>
         <x:s v="320"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="12">
         <x:s v="15 - 19 years"/>
         <x:s v="20 - 24 years"/>
         <x:s v="25 - 29 years"/>
         <x:s v="30 - 34 years"/>
         <x:s v="35 - 39 years"/>
@@ -36280,27 +36075,12700 @@
         <x:n v="16545"/>
         <x:n v="584"/>
         <x:n v="3638"/>
         <x:n v="14347"/>
         <x:n v="8050"/>
         <x:n v="7155"/>
         <x:n v="1946"/>
         <x:n v="390"/>
         <x:n v="73233"/>
         <x:n v="30552"/>
         <x:n v="50"/>
         <x:n v="555"/>
         <x:n v="3709"/>
         <x:n v="15739"/>
         <x:n v="9871"/>
         <x:n v="9938"/>
         <x:n v="1925"/>
         <x:n v="227"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="138757"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="6193"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3198"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4726"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="122855"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="147908"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="7554"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2426"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3470"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="132759"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="123964"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="5287"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2834"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3785"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="111179"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="132051"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="6144"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2173"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2769"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="119854"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="12379"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="11031"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="14439"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="12555"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="150595"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="60277"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="5635"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="18154"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="55467"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="7638"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="136052"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="57303"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="4549"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="10017"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="56011"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="4929"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="22868"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="6810"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5850"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2046"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="6837"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="14339"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="4406"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3615"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="4251"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="121723"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="51317"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="4577"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="11650"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="50793"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="114923"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="49590"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3771"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5958"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="52335"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="6004"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="6790"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="3307"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2592"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="187408"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4002"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="126880"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="20836"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="12742"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="16807"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2656"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="152213"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="104164"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="14058"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="11318"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="13493"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="61781"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="30550"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="10261"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="15296"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="45017"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="21878"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7481"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="11286"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="120485"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2932"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="93060"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="9957"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="9866"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="98849"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="76492"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6015"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="9248"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="5142"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="3270"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="8347"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="5794"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="199171"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6872"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="134198"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="19671"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="6027"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="26062"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="3932"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="188796"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6924"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="132447"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="15313"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="5628"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="22345"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="3591"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="109972"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3376"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="62984"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="12950"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2489"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="24527"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2068"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="103003"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3600"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="63056"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="10345"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2136"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="20661"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="85041"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3431"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="68593"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6269"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="3398"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="79896"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3238"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="65284"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4476"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="3337"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="4158"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="2621"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="5897"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="4107"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="182024"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9282"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="110148"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="16334"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="3516"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="35416"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="5243"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="198376"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9432"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="133918"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="14333"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="3568"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="29658"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="5129"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="133350"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6461"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="73761"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="12102"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="34001"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="3280"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="144056"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6731"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="91786"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="10796"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="27805"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="3091"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="45530"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2763"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="34469"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3890"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="48294"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2616"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="38007"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="6026"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="4125"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="164482"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10421"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="91796"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="13994"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="37113"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="6715"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="179978"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10980"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="112832"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="12406"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2539"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="32339"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="6570"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="130666"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7997"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="68700"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="10569"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="35451"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="4540"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="142081"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8587"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="85084"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="9604"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1915"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="30778"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="4308"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="31218"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2354"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="21582"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3108"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2069"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="33936"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="25047"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="2598"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="3961"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="153669"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9802"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="86858"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="12689"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="31682"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="8692"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="163286"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="11456"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="97342"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="11391"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="30102"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="8589"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="124379"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7685"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="67894"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="9798"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="29818"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="6122"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="129797"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9008"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="74603"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8744"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="28033"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="6041"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="27277"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2053"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="17822"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2658"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="29367"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2369"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="19996"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="2013"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="4122"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="2743"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="137649"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7931"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="75109"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="11609"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="27485"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="10449"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="151723"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10156"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="87987"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="11048"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="26408"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="11334"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="112731"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6300"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="60376"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="9156"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="25445"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="7760"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="121607"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8084"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="68782"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8480"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="24338"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="8377"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="22831"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="13606"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2229"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="26931"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="17065"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2798"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="2087"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="2140"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="122401"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6293"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="54354"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="9880"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="29338"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="8673"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="12288"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="136244"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7952"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="69308"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="10469"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="24747"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="8613"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="13260"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="101439"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5077"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="44487"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7854"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="27181"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="6150"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="9441"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="109831"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6291"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="54918"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8255"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="22492"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="6281"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="10140"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="18884"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="8887"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="22838"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="12140"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="2233"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="3575"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="108917"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4604"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="30323"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6759"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="31883"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="22014"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="12204"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="120158"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5600"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="40303"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8595"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="25622"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="25365"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="13466"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="91026"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3795"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="24966"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5367"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="29714"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="16719"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="9580"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="98351"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4518"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="32595"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6841"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="23668"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="19215"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="10590"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="15574"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="4448"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="4926"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="18729"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="6102"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="5794"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2622"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="3078"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="292079"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4101"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="9028"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="77470"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="184694"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="13320"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="340730"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4961"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="12733"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="74535"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="231980"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="13346"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="227992"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3238"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="6943"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="68163"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="137645"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="9422"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="271605"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3976"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="10031"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="66961"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="178612"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="9694"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="52707"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="5693"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="40545"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="3106"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="55312"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="4358"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="44086"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="3037"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="11380"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="3614"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="6504"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="13813"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="9282"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="64340"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="785164"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="3315"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="14654"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="135862"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="207635"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="321878"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="219985"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="77491"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="6828"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1915464"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="71623"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="855891"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="13957"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="112509"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="216074"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="284809"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="270171"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="79952"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C01"/>
+    <s v="All Women"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="8025"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1118618"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="45052"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="447695"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="2423"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="4360"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="85458"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="15291"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="297144"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="163519"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="53302"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="4374"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1181105"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="51652"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="507283"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="4673"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="75686"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="12634"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="260657"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="206779"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="54812"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C02"/>
+    <s v="Women who have had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="5139"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="665234"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="18687"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="320924"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="9710"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="46766"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="177997"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="16684"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="49311"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="22243"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="661126"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="19304"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="318056"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="8729"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="33114"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="187701"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="14281"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="53454"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="23215"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C03"/>
+    <s v="Women who have not had children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="2659"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="53300"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="16545"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3638"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="14347"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="8050"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="7155"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="73233"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="30552"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3709"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="15739"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="9871"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="9938"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="EB023C04"/>
+    <s v="Women who have not stated number of children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+</pivotCacheRecords>
 </file>