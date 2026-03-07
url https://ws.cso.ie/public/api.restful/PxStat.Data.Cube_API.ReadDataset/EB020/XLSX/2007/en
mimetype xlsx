--- v0 (2025-11-17)
+++ v1 (2026-03-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14ffc928aec54cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/18cda35fda8c4b32a7a90d1a7a1ba725.psmdcp" Id="Re03f94a655a54e08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79cd3ca9603b4d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4d4f0d7e7d1c49358634d07af0f9e7fb.psmdcp" Id="Rd909c1cee5654189" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EB020</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EB020/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P11</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 11 - Employment, Occupations and Industry</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -466,323 +466,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02831V03405" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ability to Speak English" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L325" totalsRowShown="0">
   <x:autoFilter ref="A1:L325"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02831V03405"/>
     <x:tableColumn id="6" name="Ability to Speak English"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="C02704V03272"/>
     <x:tableColumn id="10" name="Principal Economic Status"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1055,51 +892,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EB020/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1286,51 +1123,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L325"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="124.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="23.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="50.282054" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -13672,51 +13509,51 @@
       <x:c r="I325" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L325" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13733,51 +13570,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L325" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EB020"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -14150,27 +13987,4564 @@
         <x:n v="26"/>
         <x:n v="5668"/>
         <x:n v="2764"/>
         <x:n v="101"/>
         <x:n v="966"/>
         <x:n v="701"/>
         <x:n v="293"/>
         <x:n v="148"/>
         <x:n v="34"/>
         <x:n v="5446"/>
         <x:n v="2751"/>
         <x:n v="83"/>
         <x:n v="452"/>
         <x:n v="960"/>
         <x:n v="644"/>
         <x:n v="358"/>
         <x:n v="173"/>
         <x:n v="25"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="407224"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="237365"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="7751"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="57105"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="58465"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="28532"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="8441"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="6534"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="3031"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="470514"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="291790"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="7872"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="43613"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="70505"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="31920"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="12017"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="10108"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="2689"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="190278"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="112145"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2749"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="19137"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="36871"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="10641"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="5064"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="246663"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="153644"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3331"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="16261"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="48780"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="13016"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="7115"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="3421"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="138001"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="83724"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2911"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="21858"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="15482"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="9622"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="149904"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="98106"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="16312"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="15455"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="11088"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="3162"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="60753"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="32632"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="13030"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="4075"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="6391"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="56592"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="31275"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8903"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="4259"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="6173"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2622"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="6778"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="2799"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="6512"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="11414"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="6065"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1847"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="10843"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="6178"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="200555"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="125330"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3643"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="32526"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="27621"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="2278"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="3955"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="3536"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="227966"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="156733"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3654"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="20355"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="32422"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="2900"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="5423"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="5038"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="89355"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="55365"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="10660"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="16823"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="2440"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="116797"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="78215"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7962"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="22289"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="3269"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="72290"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="46567"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="13087"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="7840"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="76248"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="55592"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7679"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="7221"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1724"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="30282"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="18466"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7225"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="26879"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="17957"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3815"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="2882"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="5746"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="3301"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="5397"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="3427"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="206669"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="112035"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="4108"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="24579"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="30844"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="26254"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="4486"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2998"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="242548"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="135057"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="4218"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="23258"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="38083"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="29020"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="6594"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="5070"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="100923"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="56780"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8477"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="20048"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="9767"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="2624"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="129866"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="75429"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8299"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="26491"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="11750"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="3846"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="65711"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="37157"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8771"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="7642"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="8730"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="73656"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="42514"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8633"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="8234"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="9979"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="30471"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="14166"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5805"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="6007"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="29713"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="13318"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5088"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="5758"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="3896"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="3867"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="5668"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="2764"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="Number"/>
+    <n v="5446"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="Number"/>
+    <n v="2751"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="EB020"/>
+    <s v="Population Aged 15 Years and Over Usually Resident and Present who Spoke a Language Other Than English or Irish at Home 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+</pivotCacheRecords>
 </file>