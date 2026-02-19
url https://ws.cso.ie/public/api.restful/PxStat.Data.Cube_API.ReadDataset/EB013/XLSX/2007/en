--- v0 (2025-10-01)
+++ v1 (2026-02-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa11a38cfd2b4e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95bad45038cb49d1bcf312a788700ede.psmdcp" Id="R78cbeb5af95b43c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24ea0f7b790343d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ade50516d0504a6d90128db3b3ca7145.psmdcp" Id="Rd653b9100a594cba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EB013</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over in Private Households 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EB013/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P11</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 11 - Employment, Occupations and Industry</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -478,339 +478,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L397" totalsRowShown="0">
   <x:autoFilter ref="A1:L397"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02258V02730"/>
     <x:tableColumn id="6" name="Type of Family Unit"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="C02704V03272"/>
     <x:tableColumn id="10" name="Principal Economic Status"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1083,51 +908,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EB013/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1314,51 +1139,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L397"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="64.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="50.282054" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -16436,51 +16261,51 @@
       <x:c r="I397" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L397" s="0">
         <x:v>1055</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16497,51 +16322,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L397" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EB013"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -16993,27 +16818,5572 @@
         <x:n v="1569"/>
         <x:n v="24466"/>
         <x:n v="6287"/>
         <x:n v="45884"/>
         <x:n v="17644"/>
         <x:n v="8124"/>
         <x:n v="760"/>
         <x:n v="186391"/>
         <x:n v="6000"/>
         <x:n v="82520"/>
         <x:n v="211"/>
         <x:n v="1707"/>
         <x:n v="22973"/>
         <x:n v="4991"/>
         <x:n v="36915"/>
         <x:n v="20144"/>
         <x:n v="9875"/>
         <x:n v="1055"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="2104208"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="235226"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="978325"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="3397"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="7977"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="206999"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="29083"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="295530"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="262027"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="81006"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="4638"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="2175538"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="240948"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="1093495"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="2757"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="8015"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="140250"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="23259"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="262111"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="319513"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="79203"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="5987"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="514167"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="47395"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="169232"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="31625"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="3785"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="63331"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="170710"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="25167"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="547606"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="50198"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="171952"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="22343"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="58036"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="215075"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="24318"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="162999"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="13347"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="115433"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="16910"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="6700"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1826"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="3970"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="3268"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="149901"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="12666"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="111586"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8750"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="4785"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="5657"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="3498"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1096578"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="154879"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="552563"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="103276"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="9523"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="168276"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="61410"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="39238"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1114193"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="154191"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="630778"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3050"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="62469"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="8080"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="146698"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="69327"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="35217"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="2932"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="118288"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10115"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="59299"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="25946"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="14854"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="148439"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="13332"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="87057"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="20380"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="17608"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="4569"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="212176"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9490"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="81798"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="29242"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="6593"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="47243"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="25113"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="9882"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="215399"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10561"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="92122"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="26308"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="5266"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="38066"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="28254"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="11601"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="973202"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="185605"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="443852"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2933"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="118645"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="10013"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="13540"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="159580"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="36701"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1007894"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="185353"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="510955"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2814"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="65540"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="7788"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="15594"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="183469"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="33798"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="257301"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="37137"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="78149"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="18576"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="106224"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="12271"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="274108"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="39144"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="81166"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="11365"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="2416"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="126453"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="11348"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="82230"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9813"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="54110"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="10447"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2908"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="76006"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9005"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="54385"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4775"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="3372"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="546687"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="126368"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="275155"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="67867"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="4007"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="8412"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="42807"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="19295"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="555187"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="122374"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="321272"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="34361"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="3256"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="9864"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="44661"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="16727"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="58681"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8010"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="28305"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="16979"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="73585"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10269"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="44530"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="11704"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2426"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="28303"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4277"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="8133"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4776"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="7469"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="29008"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4561"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="9602"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="8110"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1131006"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="49621"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="534473"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="5044"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="88354"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="19070"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="281990"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="102447"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="44305"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="3179"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1167644"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="55595"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="582540"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="5201"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="74710"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="15471"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="246517"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="136044"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="45405"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="4289"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="256866"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10258"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="91083"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="13049"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="61122"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="64486"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="12896"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="273498"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="11054"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="90786"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="10978"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="55620"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="88622"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="12970"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="621"/>
+    <s v="Married couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="80769"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3534"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="61323"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6463"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="3792"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="73895"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3661"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="57201"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3975"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="2760"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="2285"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="549891"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="28511"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="277408"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="35409"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="5516"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="159864"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="18603"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="19943"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="559006"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="31817"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="309506"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="28108"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="4824"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="136834"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="24666"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="18490"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="Married couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="59607"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="30994"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8967"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="13599"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="74854"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3063"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="42527"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8676"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="15809"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="183873"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5213"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="73665"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="24466"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="6287"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="45884"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="17644"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="8124"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="186391"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6000"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="82520"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="22973"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="4991"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="36915"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="20144"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="9875"/>
+  </r>
+  <r>
+    <s v="EB013"/>
+    <s v="Population Aged 15 Years and Over in Private Households 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3021"/>
+    <s v="One parent family"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+</pivotCacheRecords>
 </file>