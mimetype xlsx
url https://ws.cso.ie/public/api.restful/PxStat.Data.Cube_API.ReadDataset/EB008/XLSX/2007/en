--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe1a73fac7dd493a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e0e623c7a08249a2b2d1bd600ae11b48.psmdcp" Id="R12e4287646654f1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb6d0bdc5abb46cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9b918b1fddd541a8ab1918ad56b1f557.psmdcp" Id="Rc5e4971653924c60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>