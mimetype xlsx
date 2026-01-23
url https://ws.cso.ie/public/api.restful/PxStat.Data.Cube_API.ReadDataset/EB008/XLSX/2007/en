--- v1 (2025-11-15)
+++ v2 (2026-01-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb6d0bdc5abb46cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9b918b1fddd541a8ab1918ad56b1f557.psmdcp" Id="Rc5e4971653924c60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff58a87aca4f4e8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51359ef1db8a4b0ca557fb88e3a56094.psmdcp" Id="R662f14b3eb5e4c0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EB008</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EB008/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P11</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 11 - Employment, Occupations and Industry</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -535,411 +535,182 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...359 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L991" totalsRowShown="0">
   <x:autoFilter ref="A1:L991"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02757V03327"/>
     <x:tableColumn id="6" name="Highest Level of Education Completed"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="C02704V03272"/>
     <x:tableColumn id="10" name="Principal Economic Status"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1212,51 +983,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EB008/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1443,51 +1214,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L991"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="54.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="50.282054" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -39137,51 +38908,51 @@
       <x:c r="I991" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J991" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K991" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L991" s="0">
         <x:v>946</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -39198,51 +38969,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L991" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EB008"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -40137,27 +39908,13888 @@
         <x:n v="2816"/>
         <x:n v="53487"/>
         <x:n v="265"/>
         <x:n v="3212"/>
         <x:n v="17024"/>
         <x:n v="14793"/>
         <x:n v="3214"/>
         <x:n v="3828"/>
         <x:n v="871"/>
         <x:n v="116122"/>
         <x:n v="3881"/>
         <x:n v="65543"/>
         <x:n v="3533"/>
         <x:n v="16896"/>
         <x:n v="15796"/>
         <x:n v="4335"/>
         <x:n v="4927"/>
         <x:n v="946"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="306278"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="1495210"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="5872"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="34166"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="390677"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="408838"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="339918"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="457394"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="156993"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="13316"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="3755313"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="313404"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="1688549"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="4688"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="31434"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="265962"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="427128"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="305556"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="545407"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="158348"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="14837"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="42387"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="5103"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6454"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="5099"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="11862"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="11207"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="52214"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="6450"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6548"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="5424"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="16807"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="13973"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="414509"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="30482"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="60173"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="46650"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="64450"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="161176"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="46942"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="334284"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="22339"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="45812"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="28872"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="45670"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="155577"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="32736"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="499489"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="57901"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="166410"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="4797"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="87500"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="74469"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="69647"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="35638"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="449766"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="52615"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="153506"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3888"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="54090"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="60719"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="85292"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="36516"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="601498"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="53425"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="293399"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="8973"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="78573"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="76681"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="66013"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="21321"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="573643"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="50838"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="288891"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="7538"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="50389"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="66884"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="82056"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="23757"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="2373"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="258697"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="25453"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="129466"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2798"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="37074"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="27528"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="25282"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="9719"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="271532"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="26568"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="144737"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2726"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="24185"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="27475"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="33096"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="11201"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="171925"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="30761"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="90051"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="24716"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="9666"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="10539"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="4512"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="182318"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="33419"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="104468"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="11909"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="10266"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="15194"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="5273"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="135122"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="14856"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="82421"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="11897"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="10232"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="11349"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2954"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="153351"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="17201"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="95143"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8519"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="11030"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="15843"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="3922"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="221977"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="22425"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="137792"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="14744"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="14724"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="26320"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="3578"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="237117"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="23995"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="146777"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="10183"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="14955"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="34360"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="4395"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="271301"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="29194"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="194380"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2930"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="14672"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="11541"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="15388"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="331293"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="33530"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="244058"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2629"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="11387"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="13836"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="21471"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="3320"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="224744"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="21990"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="164446"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="9932"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="8652"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="15495"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="284107"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="27758"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="209211"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7988"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="10521"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="23726"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="21970"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="15718"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="2585"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="28759"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2731"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="20550"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="3660"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="139871"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5322"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="51531"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="16823"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="20026"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="34931"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="8851"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="198668"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6200"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="93222"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="16774"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="20279"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="49434"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="10526"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="408838"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="408838"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="427128"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="427128"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="196334"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10564"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="104320"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="6665"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="40992"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="16303"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="6807"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="8123"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="231133"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="14114"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="135724"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="7271"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="34462"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="17819"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="8891"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="10195"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="2104"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="241938"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="710046"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="2557"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="19512"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="254815"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="201203"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="18040"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="237409"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="79502"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="6488"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1839849"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="241781"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="832658"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="17477"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="153453"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="211054"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="20747"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="275236"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="78396"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="6812"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="23086"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="2981"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4470"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="6779"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="6268"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="28296"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="3944"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4192"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="9443"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="7793"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="216530"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="27981"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="33786"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="33059"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="3430"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="90705"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="24990"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="175603"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="20675"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="27066"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="18835"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="2747"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="87504"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="16928"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="268192"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="50962"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="93990"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="64047"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="4053"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="31968"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="18278"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="243128"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="46874"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="94344"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2513"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="35602"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="4456"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="38671"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="19079"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="274842"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="41235"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="136969"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="5628"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="49054"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="2829"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="29103"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="8828"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="268675"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="39284"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="147016"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="4594"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="28037"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="3527"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="34953"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="9966"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="120366"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="20443"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="55522"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="21778"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="14404"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="4800"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="122938"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="20937"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="62931"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="12159"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1741"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="18124"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="5055"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="116900"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="26736"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="58092"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="19600"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="7499"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2987"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="119588"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="28646"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="67000"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7841"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="10508"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="3223"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="59359"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10151"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="34900"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6583"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="5285"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="66290"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="11437"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="40638"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4176"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="7056"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="98460"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="15358"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="59868"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8084"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="11942"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="106692"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="16211"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="66871"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5044"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="14890"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="120962"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="20187"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="81210"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7871"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="8364"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="147460"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="22242"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="104789"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5673"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="10819"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="94295"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="13756"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="65591"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4761"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="7988"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="119676"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="16696"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="85352"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3618"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="11474"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="13018"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="8919"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="16016"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="10896"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="2706"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="67473"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4284"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="27385"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="11196"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="17743"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="4743"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="99422"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4930"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="51630"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="10364"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="24532"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="5787"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="201203"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="201203"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="211054"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="211054"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="96824"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7748"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="50833"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3453"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="23968"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="3593"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="4295"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="115011"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10233"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="70181"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3738"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="17566"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="4556"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="5268"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="64340"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="785164"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="3315"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="14654"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="135862"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="207635"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="321878"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="219985"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="77491"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="6828"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1915464"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="71623"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="855891"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="13957"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="112509"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="216074"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="284809"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="270171"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="79952"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="8025"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="19301"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="4672"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="5083"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="4939"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="23918"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="2506"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2356"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="4938"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="7364"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="6180"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="197979"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2501"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="26387"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="13591"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="61020"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="70471"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="21952"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="158681"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="18746"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="10037"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="42923"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="68073"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="15808"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="231297"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6939"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="72420"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="23453"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="70416"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="37679"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="17360"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="206638"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5741"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="59162"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="18488"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="56263"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="46621"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="17437"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="326656"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="12190"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="156430"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3345"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="29519"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="73852"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="36910"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="12493"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="304968"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="11554"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="141875"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2944"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="22352"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="63357"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="47103"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="13791"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="138331"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5010"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="73944"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="15296"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="26060"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="10878"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="4919"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="148594"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5631"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="81806"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="12026"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="25734"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="14972"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="6146"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="55025"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4025"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="31959"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5116"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="8631"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="3040"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="62730"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4773"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="37468"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4068"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="8857"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="4686"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="75763"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4705"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="47521"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5314"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="9680"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="6064"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="87061"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5764"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="54505"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4343"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="10280"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="8787"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2437"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="123517"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7067"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="77924"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6660"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="13967"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="14378"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2203"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="130425"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7784"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="79906"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5139"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="13902"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="19470"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2824"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="150339"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9007"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="113170"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6801"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="10909"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="7024"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="183833"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="11288"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="139269"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5714"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="12901"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="10652"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="130449"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8234"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="98855"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5171"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="8186"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="7507"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="164431"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="11062"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="123859"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4370"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="9813"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="12252"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="8952"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="6799"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="12743"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="9654"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="72398"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="24146"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5627"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="19203"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="17188"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="4108"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="99246"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="41592"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="6410"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="19433"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="24902"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="4739"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="207635"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="207635"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="216074"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="216074"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="99510"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2816"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="53487"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="17024"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="14793"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="3214"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="3828"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="116122"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3881"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="Number"/>
+    <n v="65543"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3533"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="16896"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="Number"/>
+    <n v="15796"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="4335"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="Number"/>
+    <n v="4927"/>
+  </r>
+  <r>
+    <s v="EB008"/>
+    <s v="Population Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+</pivotCacheRecords>
 </file>