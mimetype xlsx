--- v0 (2025-10-14)
+++ v1 (2025-12-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf10707ed36ef4a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2096fda4d4e6442d8acc829fb880c2cf.psmdcp" Id="R1cab665dfc8b4801" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e20caa46c849e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c25566b725e7484fa5099aa86e8a2852.psmdcp" Id="Rba5164522ac84551" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EARLC10</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Ecosystem condition accounts for lakes 2010-2021 - number of water bodies achieving Good or High ecological status</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/23/2023 11:00:00 AM</x:t>
+    <x:t>23/08/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EARLC10/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EARL</x:t>
   </x:si>
   <x:si>
     <x:t>Rivers and Lakes</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Nova Sharkey</x:t>
   </x:si>
@@ -438,50 +438,53 @@
     <x:t>EARLC10C05</x:t>
   </x:si>
   <x:si>
     <x:t>Indicator  values (rescaled) - Opening value (2010-2015)</x:t>
   </x:si>
   <x:si>
     <x:t>EARLC10C06</x:t>
   </x:si>
   <x:si>
     <x:t>Indicator  values (rescaled) - Closing value (2016-2021)</x:t>
   </x:si>
   <x:si>
     <x:t>EARLC10C07</x:t>
   </x:si>
   <x:si>
     <x:t>Indicator  values (rescaled) - Change in indicator (2010-2021)</x:t>
   </x:si>
   <x:si>
     <x:t>EARLC10C08</x:t>
   </x:si>
   <x:si>
     <x:t>Change in indicator (2010-2021)</x:t>
   </x:si>
   <x:si>
     <x:t>%</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -619,491 +622,190 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...439 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03889V04640" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="37">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+      </items>
+    </pivotField>
+    <pivotField name="Catchement" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="37">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H297" totalsRowShown="0">
   <x:autoFilter ref="A1:H297"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03889V04640"/>
     <x:tableColumn id="6" name="Catchement"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1372,51 +1074,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EARLC10/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1603,51 +1305,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H297"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="102.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="35.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -8561,50 +8263,53 @@
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
+      <x:c r="H267" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H268" s="0">
         <x:v>-12.5</x:v>
@@ -8792,50 +8497,53 @@
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
+      <x:c r="H276" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H277" s="0">
         <x:v>0</x:v>
@@ -9153,50 +8861,53 @@
         <x:v>66.7</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
+      <x:c r="H290" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H291" s="0">
         <x:v>0</x:v>
@@ -9279,50 +8990,53 @@
       <x:c r="H294" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>138</x:v>
+      </x:c>
+      <x:c r="H295" s="0" t="s">
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H296" s="0">
@@ -9345,51 +9059,51 @@
       <x:c r="E297" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H297" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9406,51 +9120,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H297" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="8">
         <x:s v="EARLC10C01"/>
         <x:s v="EARLC10C02"/>
         <x:s v="EARLC10C03"/>
         <x:s v="EARLC10C04"/>
         <x:s v="EARLC10C05"/>
         <x:s v="EARLC10C06"/>
         <x:s v="EARLC10C07"/>
         <x:s v="EARLC10C08"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="8">
         <x:s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
         <x:s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
         <x:s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
         <x:s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
         <x:s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
         <x:s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
         <x:s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
         <x:s v="Change in indicator (2010-2021)"/>
       </x:sharedItems>
@@ -9594,27 +9308,2988 @@
         <x:n v="-0.13"/>
         <x:n v="0.08"/>
         <x:n v="-0.03"/>
         <x:n v="-0.5"/>
         <x:n v="-0.2"/>
         <x:n v="-50"/>
         <x:n v="-33.3"/>
         <x:n v="12.5"/>
         <x:s v=""/>
         <x:n v="-12.5"/>
         <x:n v="-20"/>
         <x:n v="-14.3"/>
         <x:n v="200"/>
         <x:n v="20"/>
         <x:n v="-100"/>
         <x:n v="33.3"/>
         <x:n v="100"/>
         <x:n v="66.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="20"/>
+    <s v="20 Bandon-Ilen"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="33"/>
+    <s v="33 Blacksod-Broadhaven"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="07 Boyne"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="17"/>
+    <s v="17 Colligan-Mahon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="30"/>
+    <s v="30 Corrib"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="40"/>
+    <s v="40 Donagh-Moville"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="37"/>
+    <s v="37 Donegal Bay North"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="21"/>
+    <s v="21 Dunmanus-Bantry-Kenmare"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="36"/>
+    <s v="36 Erne"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="32"/>
+    <s v="32 Erriff-Clew Bay"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="01 Foyle"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="31"/>
+    <s v="31 Galway Bay North"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="29"/>
+    <s v="29 Galway Bay South East"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="38"/>
+    <s v="38 Gweebarra-Sheephaven"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22"/>
+    <s v="22 Laune-Maine-Dingle Bay"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="19"/>
+    <s v="19 Lee, Cork Harbour and Youghal Bay"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="09 Liffey and Dublin Bay"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="03 Lough Neagh &amp; Lower Bann"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="39"/>
+    <s v="39 Lough Swilly"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25A"/>
+    <s v="25A Lower Shannon"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25C"/>
+    <s v="25C Lower Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25D"/>
+    <s v="25D Lower Shannon"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="28"/>
+    <s v="28 Mal Bay"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="34"/>
+    <s v="34 Moy &amp; Killala Bay"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="06 Newry, Fane, Glyde and Dee"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="10 Ovoca-Vartry"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27"/>
+    <s v="27 Shannon Estuary North"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="24"/>
+    <s v="24 Shannon Estuary South"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="35"/>
+    <s v="35 Sligo Bay &amp; Drowse"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="16"/>
+    <s v="16 Suir"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="23"/>
+    <s v="23 Tralee Bay-Feale"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26A"/>
+    <s v="26A Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26B"/>
+    <s v="26B Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26C"/>
+    <s v="26C Upper Shannon"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26D"/>
+    <s v="26D Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26E"/>
+    <s v="26E Upper Shannon"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EARLC10C01"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26F"/>
+    <s v="26F Upper Shannon"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="20"/>
+    <s v="20 Bandon-Ilen"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="33"/>
+    <s v="33 Blacksod-Broadhaven"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="07 Boyne"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="17"/>
+    <s v="17 Colligan-Mahon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="30"/>
+    <s v="30 Corrib"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="40"/>
+    <s v="40 Donagh-Moville"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="37"/>
+    <s v="37 Donegal Bay North"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="21"/>
+    <s v="21 Dunmanus-Bantry-Kenmare"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="36"/>
+    <s v="36 Erne"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="32"/>
+    <s v="32 Erriff-Clew Bay"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="01 Foyle"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="31"/>
+    <s v="31 Galway Bay North"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="29"/>
+    <s v="29 Galway Bay South East"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="38"/>
+    <s v="38 Gweebarra-Sheephaven"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22"/>
+    <s v="22 Laune-Maine-Dingle Bay"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="19"/>
+    <s v="19 Lee, Cork Harbour and Youghal Bay"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="09 Liffey and Dublin Bay"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="03 Lough Neagh &amp; Lower Bann"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="39"/>
+    <s v="39 Lough Swilly"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25A"/>
+    <s v="25A Lower Shannon"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25C"/>
+    <s v="25C Lower Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25D"/>
+    <s v="25D Lower Shannon"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="28"/>
+    <s v="28 Mal Bay"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="34"/>
+    <s v="34 Moy &amp; Killala Bay"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="06 Newry, Fane, Glyde and Dee"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="10 Ovoca-Vartry"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27"/>
+    <s v="27 Shannon Estuary North"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="24"/>
+    <s v="24 Shannon Estuary South"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="35"/>
+    <s v="35 Sligo Bay &amp; Drowse"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="16"/>
+    <s v="16 Suir"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="23"/>
+    <s v="23 Tralee Bay-Feale"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26A"/>
+    <s v="26A Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26B"/>
+    <s v="26B Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26C"/>
+    <s v="26C Upper Shannon"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26D"/>
+    <s v="26D Upper Shannon"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26E"/>
+    <s v="26E Upper Shannon"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EARLC10C02"/>
+    <s v="Number of lake water bodies achieving Good or High ecological status per catchment - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26F"/>
+    <s v="26F Upper Shannon"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="20"/>
+    <s v="20 Bandon-Ilen"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="33"/>
+    <s v="33 Blacksod-Broadhaven"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="07 Boyne"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="17"/>
+    <s v="17 Colligan-Mahon"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="30"/>
+    <s v="30 Corrib"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="40"/>
+    <s v="40 Donagh-Moville"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="37"/>
+    <s v="37 Donegal Bay North"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="21"/>
+    <s v="21 Dunmanus-Bantry-Kenmare"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="36"/>
+    <s v="36 Erne"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="32"/>
+    <s v="32 Erriff-Clew Bay"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="01 Foyle"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="31"/>
+    <s v="31 Galway Bay North"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="29"/>
+    <s v="29 Galway Bay South East"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="38"/>
+    <s v="38 Gweebarra-Sheephaven"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22"/>
+    <s v="22 Laune-Maine-Dingle Bay"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="19"/>
+    <s v="19 Lee, Cork Harbour and Youghal Bay"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="09 Liffey and Dublin Bay"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="03 Lough Neagh &amp; Lower Bann"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="39"/>
+    <s v="39 Lough Swilly"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25A"/>
+    <s v="25A Lower Shannon"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25C"/>
+    <s v="25C Lower Shannon"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25D"/>
+    <s v="25D Lower Shannon"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="28"/>
+    <s v="28 Mal Bay"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="34"/>
+    <s v="34 Moy &amp; Killala Bay"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="06 Newry, Fane, Glyde and Dee"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="10 Ovoca-Vartry"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27"/>
+    <s v="27 Shannon Estuary North"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="24"/>
+    <s v="24 Shannon Estuary South"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="35"/>
+    <s v="35 Sligo Bay &amp; Drowse"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="16"/>
+    <s v="16 Suir"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="23"/>
+    <s v="23 Tralee Bay-Feale"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26A"/>
+    <s v="26A Upper Shannon"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26B"/>
+    <s v="26B Upper Shannon"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26C"/>
+    <s v="26C Upper Shannon"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26D"/>
+    <s v="26D Upper Shannon"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26E"/>
+    <s v="26E Upper Shannon"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EARLC10C03"/>
+    <s v="Reference level values - Upper level (all reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26F"/>
+    <s v="26F Upper Shannon"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="20"/>
+    <s v="20 Bandon-Ilen"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="33"/>
+    <s v="33 Blacksod-Broadhaven"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="07 Boyne"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="17"/>
+    <s v="17 Colligan-Mahon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="30"/>
+    <s v="30 Corrib"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="40"/>
+    <s v="40 Donagh-Moville"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="37"/>
+    <s v="37 Donegal Bay North"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="21"/>
+    <s v="21 Dunmanus-Bantry-Kenmare"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="36"/>
+    <s v="36 Erne"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="32"/>
+    <s v="32 Erriff-Clew Bay"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="01 Foyle"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="31"/>
+    <s v="31 Galway Bay North"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="29"/>
+    <s v="29 Galway Bay South East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="38"/>
+    <s v="38 Gweebarra-Sheephaven"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22"/>
+    <s v="22 Laune-Maine-Dingle Bay"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="19"/>
+    <s v="19 Lee, Cork Harbour and Youghal Bay"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="09 Liffey and Dublin Bay"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="03 Lough Neagh &amp; Lower Bann"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="39"/>
+    <s v="39 Lough Swilly"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25A"/>
+    <s v="25A Lower Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25C"/>
+    <s v="25C Lower Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25D"/>
+    <s v="25D Lower Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="28"/>
+    <s v="28 Mal Bay"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="34"/>
+    <s v="34 Moy &amp; Killala Bay"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="06 Newry, Fane, Glyde and Dee"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="10 Ovoca-Vartry"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27"/>
+    <s v="27 Shannon Estuary North"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="24"/>
+    <s v="24 Shannon Estuary South"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="35"/>
+    <s v="35 Sligo Bay &amp; Drowse"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="16"/>
+    <s v="16 Suir"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="23"/>
+    <s v="23 Tralee Bay-Feale"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26A"/>
+    <s v="26A Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26B"/>
+    <s v="26B Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26C"/>
+    <s v="26C Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26D"/>
+    <s v="26D Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26E"/>
+    <s v="26E Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C04"/>
+    <s v="Reference level values - Lower level (none reaching Good or High ecological status) (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26F"/>
+    <s v="26F Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="20"/>
+    <s v="20 Bandon-Ilen"/>
+    <s v="Number"/>
+    <n v="0.17"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="33"/>
+    <s v="33 Blacksod-Broadhaven"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="07 Boyne"/>
+    <s v="Number"/>
+    <n v="0.38"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="17"/>
+    <s v="17 Colligan-Mahon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="30"/>
+    <s v="30 Corrib"/>
+    <s v="Number"/>
+    <n v="0.67"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="40"/>
+    <s v="40 Donagh-Moville"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="37"/>
+    <s v="37 Donegal Bay North"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="21"/>
+    <s v="21 Dunmanus-Bantry-Kenmare"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="36"/>
+    <s v="36 Erne"/>
+    <s v="Number"/>
+    <n v="0.13"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="32"/>
+    <s v="32 Erriff-Clew Bay"/>
+    <s v="Number"/>
+    <n v="0.88"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="01 Foyle"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="31"/>
+    <s v="31 Galway Bay North"/>
+    <s v="Number"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="29"/>
+    <s v="29 Galway Bay South East"/>
+    <s v="Number"/>
+    <n v="0.33"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="38"/>
+    <s v="38 Gweebarra-Sheephaven"/>
+    <s v="Number"/>
+    <n v="0.75"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22"/>
+    <s v="22 Laune-Maine-Dingle Bay"/>
+    <s v="Number"/>
+    <n v="0.71"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="19"/>
+    <s v="19 Lee, Cork Harbour and Youghal Bay"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="09 Liffey and Dublin Bay"/>
+    <s v="Number"/>
+    <n v="0.67"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="03 Lough Neagh &amp; Lower Bann"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="39"/>
+    <s v="39 Lough Swilly"/>
+    <s v="Number"/>
+    <n v="0.67"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25A"/>
+    <s v="25A Lower Shannon"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25C"/>
+    <s v="25C Lower Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25D"/>
+    <s v="25D Lower Shannon"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="28"/>
+    <s v="28 Mal Bay"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="34"/>
+    <s v="34 Moy &amp; Killala Bay"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="06 Newry, Fane, Glyde and Dee"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="10 Ovoca-Vartry"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27"/>
+    <s v="27 Shannon Estuary North"/>
+    <s v="Number"/>
+    <n v="0.55"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="24"/>
+    <s v="24 Shannon Estuary South"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="35"/>
+    <s v="35 Sligo Bay &amp; Drowse"/>
+    <s v="Number"/>
+    <n v="0.38"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="16"/>
+    <s v="16 Suir"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="23"/>
+    <s v="23 Tralee Bay-Feale"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26A"/>
+    <s v="26A Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26B"/>
+    <s v="26B Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26C"/>
+    <s v="26C Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0.14"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26D"/>
+    <s v="26D Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26E"/>
+    <s v="26E Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0.75"/>
+  </r>
+  <r>
+    <s v="EARLC10C05"/>
+    <s v="Indicator  values (rescaled) - Opening value (2010-2015)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26F"/>
+    <s v="26F Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0.33"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="20"/>
+    <s v="20 Bandon-Ilen"/>
+    <s v="Number"/>
+    <n v="0.17"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="33"/>
+    <s v="33 Blacksod-Broadhaven"/>
+    <s v="Number"/>
+    <n v="0.25"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="07 Boyne"/>
+    <s v="Number"/>
+    <n v="0.25"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="17"/>
+    <s v="17 Colligan-Mahon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="30"/>
+    <s v="30 Corrib"/>
+    <s v="Number"/>
+    <n v="0.75"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="40"/>
+    <s v="40 Donagh-Moville"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="37"/>
+    <s v="37 Donegal Bay North"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="21"/>
+    <s v="21 Dunmanus-Bantry-Kenmare"/>
+    <s v="Number"/>
+    <n v="0.88"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="36"/>
+    <s v="36 Erne"/>
+    <s v="Number"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="32"/>
+    <s v="32 Erriff-Clew Bay"/>
+    <s v="Number"/>
+    <n v="0.75"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="01 Foyle"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="31"/>
+    <s v="31 Galway Bay North"/>
+    <s v="Number"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="29"/>
+    <s v="29 Galway Bay South East"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="38"/>
+    <s v="38 Gweebarra-Sheephaven"/>
+    <s v="Number"/>
+    <n v="0.75"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22"/>
+    <s v="22 Laune-Maine-Dingle Bay"/>
+    <s v="Number"/>
+    <n v="0.86"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="19"/>
+    <s v="19 Lee, Cork Harbour and Youghal Bay"/>
+    <s v="Number"/>
+    <n v="0.33"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="09 Liffey and Dublin Bay"/>
+    <s v="Number"/>
+    <n v="0.67"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="03 Lough Neagh &amp; Lower Bann"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="39"/>
+    <s v="39 Lough Swilly"/>
+    <s v="Number"/>
+    <n v="0.67"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25A"/>
+    <s v="25A Lower Shannon"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25C"/>
+    <s v="25C Lower Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25D"/>
+    <s v="25D Lower Shannon"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="28"/>
+    <s v="28 Mal Bay"/>
+    <s v="Number"/>
+    <n v="0.25"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="34"/>
+    <s v="34 Moy &amp; Killala Bay"/>
+    <s v="Number"/>
+    <n v="0.67"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="06 Newry, Fane, Glyde and Dee"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="10 Ovoca-Vartry"/>
+    <s v="Number"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27"/>
+    <s v="27 Shannon Estuary North"/>
+    <s v="Number"/>
+    <n v="0.55"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="24"/>
+    <s v="24 Shannon Estuary South"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="35"/>
+    <s v="35 Sligo Bay &amp; Drowse"/>
+    <s v="Number"/>
+    <n v="0.63"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="16"/>
+    <s v="16 Suir"/>
+    <s v="Number"/>
+    <n v="0.33"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="23"/>
+    <s v="23 Tralee Bay-Feale"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26A"/>
+    <s v="26A Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26B"/>
+    <s v="26B Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26C"/>
+    <s v="26C Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0.14"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26D"/>
+    <s v="26D Upper Shannon"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26E"/>
+    <s v="26E Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0.75"/>
+  </r>
+  <r>
+    <s v="EARLC10C06"/>
+    <s v="Indicator  values (rescaled) - Closing value (2016-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26F"/>
+    <s v="26F Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0.33"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="20"/>
+    <s v="20 Bandon-Ilen"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="33"/>
+    <s v="33 Blacksod-Broadhaven"/>
+    <s v="Number"/>
+    <n v="-0.25"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="07 Boyne"/>
+    <s v="Number"/>
+    <n v="-0.13"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="17"/>
+    <s v="17 Colligan-Mahon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="30"/>
+    <s v="30 Corrib"/>
+    <s v="Number"/>
+    <n v="0.08"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="40"/>
+    <s v="40 Donagh-Moville"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="37"/>
+    <s v="37 Donegal Bay North"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="21"/>
+    <s v="21 Dunmanus-Bantry-Kenmare"/>
+    <s v="Number"/>
+    <n v="-0.13"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="36"/>
+    <s v="36 Erne"/>
+    <s v="Number"/>
+    <n v="-0.03"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="32"/>
+    <s v="32 Erriff-Clew Bay"/>
+    <s v="Number"/>
+    <n v="-0.13"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="01 Foyle"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="31"/>
+    <s v="31 Galway Bay North"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="29"/>
+    <s v="29 Galway Bay South East"/>
+    <s v="Number"/>
+    <n v="0.67"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="38"/>
+    <s v="38 Gweebarra-Sheephaven"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22"/>
+    <s v="22 Laune-Maine-Dingle Bay"/>
+    <s v="Number"/>
+    <n v="0.14"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="19"/>
+    <s v="19 Lee, Cork Harbour and Youghal Bay"/>
+    <s v="Number"/>
+    <n v="0.33"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="09 Liffey and Dublin Bay"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="03 Lough Neagh &amp; Lower Bann"/>
+    <s v="Number"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="39"/>
+    <s v="39 Lough Swilly"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25A"/>
+    <s v="25A Lower Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25C"/>
+    <s v="25C Lower Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25D"/>
+    <s v="25D Lower Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="28"/>
+    <s v="28 Mal Bay"/>
+    <s v="Number"/>
+    <n v="-0.25"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="34"/>
+    <s v="34 Moy &amp; Killala Bay"/>
+    <s v="Number"/>
+    <n v="0.17"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="06 Newry, Fane, Glyde and Dee"/>
+    <s v="Number"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="10 Ovoca-Vartry"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27"/>
+    <s v="27 Shannon Estuary North"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="24"/>
+    <s v="24 Shannon Estuary South"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="35"/>
+    <s v="35 Sligo Bay &amp; Drowse"/>
+    <s v="Number"/>
+    <n v="0.25"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="16"/>
+    <s v="16 Suir"/>
+    <s v="Number"/>
+    <n v="0.33"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="23"/>
+    <s v="23 Tralee Bay-Feale"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26A"/>
+    <s v="26A Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26B"/>
+    <s v="26B Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26C"/>
+    <s v="26C Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26D"/>
+    <s v="26D Upper Shannon"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26E"/>
+    <s v="26E Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C07"/>
+    <s v="Indicator  values (rescaled) - Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26F"/>
+    <s v="26F Upper Shannon"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="20"/>
+    <s v="20 Bandon-Ilen"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="33"/>
+    <s v="33 Blacksod-Broadhaven"/>
+    <s v="%"/>
+    <n v="-50"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="07 Boyne"/>
+    <s v="%"/>
+    <n v="-33.3"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="17"/>
+    <s v="17 Colligan-Mahon"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="30"/>
+    <s v="30 Corrib"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="40"/>
+    <s v="40 Donagh-Moville"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="37"/>
+    <s v="37 Donegal Bay North"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="21"/>
+    <s v="21 Dunmanus-Bantry-Kenmare"/>
+    <s v="%"/>
+    <n v="-12.5"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="36"/>
+    <s v="36 Erne"/>
+    <s v="%"/>
+    <n v="-20"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="32"/>
+    <s v="32 Erriff-Clew Bay"/>
+    <s v="%"/>
+    <n v="-14.3"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="01 Foyle"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="31"/>
+    <s v="31 Galway Bay North"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="29"/>
+    <s v="29 Galway Bay South East"/>
+    <s v="%"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="38"/>
+    <s v="38 Gweebarra-Sheephaven"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="22"/>
+    <s v="22 Laune-Maine-Dingle Bay"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="19"/>
+    <s v="19 Lee, Cork Harbour and Youghal Bay"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="09 Liffey and Dublin Bay"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="03 Lough Neagh &amp; Lower Bann"/>
+    <s v="%"/>
+    <n v="-100"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="39"/>
+    <s v="39 Lough Swilly"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25A"/>
+    <s v="25A Lower Shannon"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25C"/>
+    <s v="25C Lower Shannon"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="25D"/>
+    <s v="25D Lower Shannon"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="28"/>
+    <s v="28 Mal Bay"/>
+    <s v="%"/>
+    <n v="-50"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="34"/>
+    <s v="34 Moy &amp; Killala Bay"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="06 Newry, Fane, Glyde and Dee"/>
+    <s v="%"/>
+    <n v="-100"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="10 Ovoca-Vartry"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="27"/>
+    <s v="27 Shannon Estuary North"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="24"/>
+    <s v="24 Shannon Estuary South"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="35"/>
+    <s v="35 Sligo Bay &amp; Drowse"/>
+    <s v="%"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="16"/>
+    <s v="16 Suir"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="23"/>
+    <s v="23 Tralee Bay-Feale"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26A"/>
+    <s v="26A Upper Shannon"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26B"/>
+    <s v="26B Upper Shannon"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26C"/>
+    <s v="26C Upper Shannon"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26D"/>
+    <s v="26D Upper Shannon"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26E"/>
+    <s v="26E Upper Shannon"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EARLC10C08"/>
+    <s v="Change in indicator (2010-2021)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="26F"/>
+    <s v="26F Upper Shannon"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+</pivotCacheRecords>
 </file>