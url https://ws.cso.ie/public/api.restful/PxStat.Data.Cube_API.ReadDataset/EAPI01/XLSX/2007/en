--- v0 (2025-10-25)
+++ v1 (2025-12-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25aa7f6f25de4ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b006508863d4a73af605934406d2fdc.psmdcp" Id="Rcb984b1a6a824d96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e54d2219e5d4287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6af0bd2ef4b14b1dbe49447ec0259cca.psmdcp" Id="Re6644d92778e43fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EAPI01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Mean and Median Weekly Earnings Amongst Parents</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/2/2024 11:00:00 AM</x:t>
+    <x:t>02/07/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Estimates are based on the annual Earnings Analysis using Administrative Data Sources (EAADS)(https://www.cso.ie/en/statistics/earnings/earningsanalysisusingadministrativedatasources/) dataset among those aged 25 to 59 years. The term ‘parents’ refers to reference persons and their partner/spouse who have at least one normally resident child under the age of 18. Parents were identified through linkage to the Census of Population(https://www.cso.ie/en/statistics/population/) in relevant reference years.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EAPI01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EAPI</x:t>
   </x:si>
   <x:si>
     <x:t>Earnings among Parents in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -505,363 +505,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Census Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04282V05059" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Employment Cohorts" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02665V03225" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="NACE Rev 2 Economic Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L1009" totalsRowShown="0">
   <x:autoFilter ref="A1:L1009"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Census Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C04282V05059"/>
     <x:tableColumn id="8" name="Employment Cohorts"/>
     <x:tableColumn id="9" name="C02665V03225"/>
     <x:tableColumn id="10" name="NACE Rev 2 Economic Sector"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1134,51 +941,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EAPI01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1367,51 +1174,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L1009"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="34.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="65.282054" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="7.424911" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -39745,51 +39552,51 @@
       <x:c r="I1009" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J1009" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="K1009" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L1009" s="0">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -39806,51 +39613,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L1009" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="3">
         <x:s v="EAPI01C01"/>
         <x:s v="EAPI01C02"/>
         <x:s v="EAPI01C03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="3">
         <x:s v="Mean Weekly Earnings"/>
         <x:s v="Median Weekly Earnings"/>
         <x:s v="Percentage of Employments"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="2">
         <x:s v="2016"/>
         <x:s v="2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Census Year">
       <x:sharedItems count="2">
         <x:s v="2016"/>
@@ -40722,27 +40529,14140 @@
         <x:n v="19"/>
         <x:n v="9.8"/>
         <x:n v="15.8"/>
         <x:n v="16.8"/>
         <x:n v="11.6"/>
         <x:n v="1.6"/>
         <x:n v="18.5"/>
         <x:n v="24.8"/>
         <x:n v="16.3"/>
         <x:n v="11"/>
         <x:n v="22.5"/>
         <x:n v="9"/>
         <x:n v="2.4"/>
         <x:n v="10.5"/>
         <x:n v="26.7"/>
         <x:n v="1.3"/>
         <x:n v="23.1"/>
         <x:n v="3.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="885.45"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="773.48"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="723.62"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="820.97"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="423.13"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1478.81"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1150.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="726.07"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="954.29"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="835.14"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="738.48"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="1052.21"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1329.96"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="554.95"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="615.17"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="614.36"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="523.01"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="652.73"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="363.97"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1093.49"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="762.54"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="522.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="818.01"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="640.22"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="543.47"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="726.75"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="865.52"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="412.42"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="491.82"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="524.66"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="388.26"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="568.19"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="265.49"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="881.78"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="621.37"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="365.49"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="754.79"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="586.18"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="495.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="704.15"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="721.63"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="305.45"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="747.68"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="677.61"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="606.53"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="728.49"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="384.95"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1188.65"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="932.03"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="588.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="899.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="768.61"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="679.24"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="893.29"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1070.68"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="486.16"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="1069.67"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="815.56"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="897.25"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="865.33"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="521.74"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1642.95"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1489.54"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="850.87"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1074.06"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="1018.08"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="950.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="1124.85"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1768.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="777.75"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="701.49"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="631.53"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="615.92"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="674.75"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="441.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1193.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="882.22"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="588.98"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="868.91"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="750.98"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="581.96"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="759.27"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1063.18"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="561.47"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="765.53"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="614.13"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="673.55"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="702.17"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="405.38"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1277.59"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1070.57"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="596.81"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="907.96"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="901.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="624.91"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="906.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1161.88"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="501.34"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="848.89"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="697.67"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="713.41"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="758.78"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="436.34"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1284.48"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1103.78"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="651.89"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="972.31"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="862.94"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="780.93"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="939.82"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1317.53"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="614.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="691.95"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="477.69"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="513.95"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="645.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="333.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1110.18"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="795.48"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="540.86"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="788.49"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="772.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="675.99"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="838.29"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="925.75"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="405.75"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="524.15"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="425.28"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="432.99"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="576.35"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="304.83"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="940.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="646.19"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="425.22"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="747.87"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="605.75"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="532.33"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="637.03"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="734.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="339.86"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="468.35"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="444.53"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="367.39"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="524.07"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="257.98"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="812.39"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="581.66"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="342.24"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="729.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="574.76"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="491.58"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="643.08"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="693.43"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="298.42"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="646.05"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="499.94"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="495.66"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="626.27"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="336.07"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1013.94"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="764.85"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="499.12"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="805.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="734.96"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="649.59"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="773.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="864.05"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="405.44"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="1159.37"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="1002.02"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="951.04"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="999.78"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="549.95"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="2083.11"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1487.44"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="1037.78"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1163.43"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="1003.64"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="936.83"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="1315.62"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1692.63"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="718.48"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="840.02"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="825.39"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="686.05"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="814.41"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="476.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1556.45"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1080.14"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="763.66"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="985.52"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="807.37"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="706.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="948.59"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1139.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="526.37"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="649.21"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="692.12"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="495.44"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="724.22"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="336.53"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1432.53"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="876.95"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="494.21"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="940.22"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="737.13"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="618.12"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="906.57"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="955.23"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="373.33"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="956.28"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="872.57"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="767.44"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="857.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="483.08"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1671.49"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1174.02"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="799.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1059.65"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="923.26"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="844.34"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="1084.63"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1345.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="601.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="1393.14"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="1076.47"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="1155.42"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="1048.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="665.83"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="2282.32"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1836.53"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="1225.11"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1289.37"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="1253.43"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="1203.31"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="1389.12"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="2136.45"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="1004.04"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="963.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="859.76"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="806.65"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="841.65"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="592.65"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1665.22"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1250.76"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="869.45"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1051.99"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="971.94"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="840.33"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="988.27"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1375.24"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="1028.71"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="840.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="849.56"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="843.88"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="534.75"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1934.85"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1330.83"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="817.77"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1117.86"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="1104.41"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="1109.78"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1560.01"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="616.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="1081.41"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="906.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="894.76"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="884.02"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="546.93"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1787.61"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1345.43"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="893.29"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1131.95"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="1060.95"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="989.79"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="1127.25"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1614.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="745.33"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="919.84"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="600.34"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="697.45"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="816.62"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="447.14"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1671.98"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1100.06"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="796.52"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1005.56"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="924.94"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="856.67"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="1117.12"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1238.88"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="540.44"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="713.56"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="567.24"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="558.14"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="721.35"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="395.55"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1388.47"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="910.25"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="628.78"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="899.98"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="761.24"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="673.37"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="848.77"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="969.04"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="441.73"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="609.02"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="563.97"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="459.74"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="677.54"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="323.72"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1308.59"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="816.38"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="460.82"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="910.43"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="721.17"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="605.56"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="834.33"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="895.08"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="361.93"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="829.62"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="634.93"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="629.93"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="765.49"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="420.97"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1476.21"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="994.93"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="680.99"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="973.31"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="876.25"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="801.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="982.84"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1098.61"/>
+  </r>
+  <r>
+    <s v="EAPI01C01"/>
+    <s v="Mean Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="512.94"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="706.24"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="676.46"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="544.21"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="706.21"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="358.15"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1242.04"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="846.88"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="525.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="903.04"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="843.75"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="642.68"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="842.17"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="997.99"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="394.32"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="527.93"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="588.85"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="459.33"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="584.21"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="335.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="893.38"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="631.79"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="467.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="755.44"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="598.53"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="477.56"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="620.92"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="689.89"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="334.49"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="368.97"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="466.41"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="310.53"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="509.28"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="220.87"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="692.31"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="480.71"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="260.56"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="715.61"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="489.62"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="395.03"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="567.27"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="597.22"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="237.43"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="606.13"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="487.87"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="621.46"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="353.36"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="974.21"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="714.13"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="478.79"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="833.16"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="729.36"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="604.67"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="708.94"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="806.17"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="379.88"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="842.94"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="713.75"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="674.58"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="746.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="457.49"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1388.08"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1160.35"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="599.57"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1086.62"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="1057.69"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="745.16"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="910.56"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1397.79"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="576.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="597.23"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="600.85"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="543.77"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="599.32"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="417.54"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1013.71"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="730.68"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="522.63"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="786.63"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="684.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="479.11"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="645.73"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="811.84"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="455.93"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="631.87"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="591.78"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="545.97"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="617.37"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="376.59"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1121.21"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="866.98"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="485.16"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="837.51"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="928.56"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="530.83"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="731.86"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="994.12"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="388.39"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="663.85"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="626.84"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="566.04"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="647.02"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="396.62"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1073.94"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="835.92"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="515.63"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="909.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="826.38"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="628.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="743.06"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="970.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="469.62"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="394.23"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="384.93"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="561.27"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="300.45"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="866.32"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="586.54"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="393.44"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="729.87"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="756.83"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="620.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="653.05"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="745.19"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="309.16"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="436.26"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="354.53"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="369.46"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="541.29"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="283.01"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="538.44"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="359.25"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="704.16"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="579.02"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="477.19"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="541.47"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="631.58"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="291.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="351.25"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="347.72"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="300.54"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="474.32"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="216.66"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="646.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="461.54"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="242.21"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="704.27"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="477.07"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="392.63"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="520.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="581.48"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="233.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="545.45"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="433.08"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="403.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="557.32"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="316.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="801.85"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="616.85"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="406.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="750.12"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="709.73"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="599.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="625.83"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="713.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="335.67"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="911.35"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="862.41"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="689.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="824.01"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="472.01"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1694.31"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1153.85"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1089.41"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="1004.68"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="815.23"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="1054.49"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1301.95"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="514.13"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="707.35"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="771.73"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="586.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="729.78"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="432.92"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1273.36"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="879.26"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="631.68"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="910.69"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="784.81"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="641.69"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="799.03"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="922.31"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="423.57"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="491.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="650.65"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="375.65"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="637.93"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="269.26"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1061.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="648.36"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="357.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="862.02"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="619.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="505.47"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="701.22"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="724.05"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="282.29"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="761.05"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="780.81"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="597.93"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="735.86"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="446.72"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1351.18"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="902.43"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="617.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="970.17"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="879.64"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="748.66"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="857.73"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1018.43"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="1085.17"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="919.74"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="860.77"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="594.45"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1872.22"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1465.86"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="814.65"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1278.09"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="1256.96"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="943.45"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="1125.48"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1694.78"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="731.83"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="802.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="800.48"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="686.85"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="753.23"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="572.78"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1391.23"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1029.52"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="706.78"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="955.77"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="959.77"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="744.19"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="834.53"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1118.88"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="588.69"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="801.83"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="783.14"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="676.71"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="721.15"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="482.71"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1476.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1073.47"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="682.92"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1040.56"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="1098.61"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="772.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="867.55"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1114.59"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="510.53"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="832.83"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="807.06"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="688.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="756.08"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="505.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1462.69"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="1034.21"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="678.93"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="1032.58"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="1010.04"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="805.57"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="891.82"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="1228.23"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="581.58"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="748.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="500.54"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="676.22"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="398.07"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1274.45"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="807.82"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="548.08"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="930.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="886.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="782.57"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="844.71"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="407.69"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="588.05"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="508.84"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="645.31"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="356.56"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1041.72"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="730.77"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="509.96"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="832.25"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="734.28"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="612.18"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="699.18"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="802.81"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="367.98"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="458.53"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="465.53"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="355.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="610.08"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="262.35"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="973.24"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="599.73"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="323.08"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="831.62"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="604.92"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="498.06"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="650.45"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="688.01"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="278.32"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="Euro"/>
+    <n v="678.95"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro"/>
+    <n v="563.59"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="Euro"/>
+    <n v="498.29"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="Euro"/>
+    <n v="671.62"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="Euro"/>
+    <n v="393.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="Euro"/>
+    <n v="1166.83"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="Euro"/>
+    <n v="782.49"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="Euro"/>
+    <n v="530.66"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="Euro"/>
+    <n v="901.57"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro"/>
+    <n v="836.16"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="Euro"/>
+    <n v="732.74"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="Euro"/>
+    <n v="770.57"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="Euro"/>
+    <n v="878.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C02"/>
+    <s v="Median Weekly Earnings"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="Euro"/>
+    <n v="424.76"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Married couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="One parent family with children"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="-"/>
+    <s v="All NACE economic sectors"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles and motorcycles (G)"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="H"/>
+    <s v="Transportation and storage (H)"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="I"/>
+    <s v="Accommodation and food service activities (I)"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="J"/>
+    <s v="Information and communication (J)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="M"/>
+    <s v="Professional, scientific and technical activities (M)"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="N"/>
+    <s v="Administrative and support service activities (N)"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="O"/>
+    <s v="Public administration and defence; compulsory social security (O)"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Q"/>
+    <s v="Human health and social work activities (Q)"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y0900"/>
+    <s v="Industry (B to E)"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y3500"/>
+    <s v="Financial, insurance and real estate activities (K,L)"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="EAPI01C03"/>
+    <s v="Percentage of Employments"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total EAADS Employment Population"/>
+    <s v="Y7400"/>
+    <s v="Arts, entertainment, recreation and other service activities (R,S)"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+</pivotCacheRecords>
 </file>