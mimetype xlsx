--- v0 (2025-11-08)
+++ v1 (2026-02-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra52d56b7bb7d463c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/72bb3b7a9c8740b4ac693dfca442155f.psmdcp" Id="Rad6a06157dac44c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c22b909f3684778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c075b5de5ce947e3804bad0dae4aaca1.psmdcp" Id="R3289075fda4947ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EAP13</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Total Area of Peatlands under Rehabilitation Projects from Bord na Móna</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/20/2021 11:00:00 AM</x:t>
+    <x:t>20/05/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>The spatial extent of peatlands undergoing rehabilitation in the 2016-2020 period has been estimated and will be refined when data become available. The area expected to be rehabilitated in 2021-2025 is based on the announcement of Bord na Móna under the Peatlands Climate Action Scheme. This figure is provisional and will be reviewed along with the progress made under this project. See Background Notes(https://www.cso.ie/en/releasesandpublications/fp/fp-eap/EcosystemAccounts-PeatlandsandHeathlands2018/backgroundnotes/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EAP13/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EAP</x:t>
   </x:si>
   <x:si>
     <x:t>Peatlands &amp; Heathlands</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -379,171 +379,110 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...119 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03796V04545" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Time Period" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H5" totalsRowShown="0">
   <x:autoFilter ref="A1:H5"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03796V04545"/>
     <x:tableColumn id="6" name="Time Period"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -812,51 +751,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EAP13/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1045,51 +984,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H5"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.710625" style="0" customWidth="1"/>
     <x:col min="7" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -1206,51 +1145,51 @@
       <x:c r="E5" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H5" s="0">
         <x:v>33000</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -1267,51 +1206,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H5" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EAP13C1"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Bord na Móna"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2021"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="1">
         <x:s v="2021"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03796V04545">
       <x:sharedItems count="4">
         <x:s v="-"/>
@@ -1324,27 +1263,68 @@
       <x:sharedItems count="4">
         <x:s v="Total to 2025"/>
         <x:s v="Up to 2015"/>
         <x:s v="2016-2020"/>
         <x:s v="2021-2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Hectares"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
       <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="10118" maxValue="53863.2" count="4">
         <x:n v="53863.2"/>
         <x:n v="10118"/>
         <x:n v="10745.2"/>
         <x:n v="33000"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
-</file>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EAP13C1"/>
+    <s v="Bord na Móna"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Total to 2025"/>
+    <s v="Hectares"/>
+    <n v="53863.2"/>
+  </r>
+  <r>
+    <s v="EAP13C1"/>
+    <s v="Bord na Móna"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="100"/>
+    <s v="Up to 2015"/>
+    <s v="Hectares"/>
+    <n v="10118"/>
+  </r>
+  <r>
+    <s v="EAP13C1"/>
+    <s v="Bord na Móna"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="110"/>
+    <s v="2016-2020"/>
+    <s v="Hectares"/>
+    <n v="10745.2"/>
+  </r>
+  <r>
+    <s v="EAP13C1"/>
+    <s v="Bord na Móna"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="120"/>
+    <s v="2021-2025"/>
+    <s v="Hectares"/>
+    <n v="33000"/>
+  </r>
+</pivotCacheRecords>
+</file>