--- v0 (2025-11-05)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf17928951914a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/58d9e3ff6bfa49e6b3ffe480a17aeec0.psmdcp" Id="Rd84aa89814534205" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4a4ea77da264d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/047388d6a5304ba5a6450c9ab8ff13b5.psmdcp" Id="R816fb4ce13004c6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EAP08</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Spatial Extent of Benefiting Peat Bogs</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/20/2021 11:00:00 AM</x:t>
+    <x:t>20/05/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Based on the Arterial Drainage and Drainage Districts data from the Office of Public Works. Land uses from Coillte, Bord na Móna, the Forest Service and the Department of Agriculture, Food and the Marine.&lt;br&gt;Benefiting lands are lands drained or improved by the execution of drainage works through the Arterial Drainage and Drainage Districts schemes.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EAP08/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EAP</x:t>
   </x:si>
   <x:si>
     <x:t>Peatlands &amp; Heathlands</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -418,219 +418,122 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...167 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03792V04541" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Land Use" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H31" totalsRowShown="0">
   <x:autoFilter ref="A1:H31"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03792V04541"/>
     <x:tableColumn id="6" name="Land Use"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -899,51 +802,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EAP08/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1132,51 +1035,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="57.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="54.139196" style="0" customWidth="1"/>
     <x:col min="7" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -1969,51 +1872,51 @@
       <x:c r="E31" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H31" s="0">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -2030,51 +1933,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H31" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="5">
         <x:s v="EAP08C1"/>
         <x:s v="EAP08C2"/>
         <x:s v="EAP08C3"/>
         <x:s v="EAP08C4"/>
         <x:s v="EAP08C5"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="5">
         <x:s v="Drained under Arterial Drainage Schemes"/>
         <x:s v="Drained under Drainage Districts Schemes"/>
         <x:s v="Drained under Arterial Drainage and Drainage Districts Schemes"/>
         <x:s v="Total Spatial Extent of Benefiting Peat Bogs"/>
         <x:s v="Rate of Total Spatial Extent of Benefiting Peat Bogs"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2018"/>
       </x:sharedItems>
     </x:cacheField>
@@ -2123,27 +2026,328 @@
         <x:n v="252"/>
         <x:n v="0"/>
         <x:n v="2151"/>
         <x:n v="600"/>
         <x:n v="294"/>
         <x:n v="71"/>
         <x:n v="235"/>
         <x:n v="45475"/>
         <x:n v="9450"/>
         <x:n v="12610"/>
         <x:n v="1719"/>
         <x:n v="20289"/>
         <x:n v="4.7"/>
         <x:n v="1"/>
         <x:n v="1.3"/>
         <x:n v="0.2"/>
         <x:n v="0.1"/>
         <x:n v="2.1"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EAP08C1"/>
+    <s v="Drained under Arterial Drainage Schemes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Total land use"/>
+    <s v="Hectares"/>
+    <n v="40504"/>
+  </r>
+  <r>
+    <s v="EAP08C1"/>
+    <s v="Drained under Arterial Drainage Schemes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="100"/>
+    <s v="Agriculture"/>
+    <s v="Hectares"/>
+    <n v="7506"/>
+  </r>
+  <r>
+    <s v="EAP08C1"/>
+    <s v="Drained under Arterial Drainage Schemes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="110"/>
+    <s v="Peat Production"/>
+    <s v="Hectares"/>
+    <n v="12292"/>
+  </r>
+  <r>
+    <s v="EAP08C1"/>
+    <s v="Drained under Arterial Drainage Schemes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="120"/>
+    <s v="Forestry"/>
+    <s v="Hectares"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="EAP08C1"/>
+    <s v="Drained under Arterial Drainage Schemes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="130"/>
+    <s v="Cultural"/>
+    <s v="Hectares"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="EAP08C1"/>
+    <s v="Drained under Arterial Drainage Schemes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="140"/>
+    <s v="Other land use (includes natural peatlands and heathlands)"/>
+    <s v="Hectares"/>
+    <n v="17903"/>
+  </r>
+  <r>
+    <s v="EAP08C2"/>
+    <s v="Drained under Drainage Districts Schemes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Total land use"/>
+    <s v="Hectares"/>
+    <n v="4371"/>
+  </r>
+  <r>
+    <s v="EAP08C2"/>
+    <s v="Drained under Drainage Districts Schemes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="100"/>
+    <s v="Agriculture"/>
+    <s v="Hectares"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="EAP08C2"/>
+    <s v="Drained under Drainage Districts Schemes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="110"/>
+    <s v="Peat Production"/>
+    <s v="Hectares"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="EAP08C2"/>
+    <s v="Drained under Drainage Districts Schemes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="120"/>
+    <s v="Forestry"/>
+    <s v="Hectares"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="EAP08C2"/>
+    <s v="Drained under Drainage Districts Schemes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="130"/>
+    <s v="Cultural"/>
+    <s v="Hectares"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EAP08C2"/>
+    <s v="Drained under Drainage Districts Schemes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="140"/>
+    <s v="Other land use (includes natural peatlands and heathlands)"/>
+    <s v="Hectares"/>
+    <n v="2151"/>
+  </r>
+  <r>
+    <s v="EAP08C3"/>
+    <s v="Drained under Arterial Drainage and Drainage Districts Schemes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Total land use"/>
+    <s v="Hectares"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="EAP08C3"/>
+    <s v="Drained under Arterial Drainage and Drainage Districts Schemes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="100"/>
+    <s v="Agriculture"/>
+    <s v="Hectares"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="EAP08C3"/>
+    <s v="Drained under Arterial Drainage and Drainage Districts Schemes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="110"/>
+    <s v="Peat Production"/>
+    <s v="Hectares"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EAP08C3"/>
+    <s v="Drained under Arterial Drainage and Drainage Districts Schemes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="120"/>
+    <s v="Forestry"/>
+    <s v="Hectares"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="EAP08C3"/>
+    <s v="Drained under Arterial Drainage and Drainage Districts Schemes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="130"/>
+    <s v="Cultural"/>
+    <s v="Hectares"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EAP08C3"/>
+    <s v="Drained under Arterial Drainage and Drainage Districts Schemes"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="140"/>
+    <s v="Other land use (includes natural peatlands and heathlands)"/>
+    <s v="Hectares"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="EAP08C4"/>
+    <s v="Total Spatial Extent of Benefiting Peat Bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Total land use"/>
+    <s v="Hectares"/>
+    <n v="45475"/>
+  </r>
+  <r>
+    <s v="EAP08C4"/>
+    <s v="Total Spatial Extent of Benefiting Peat Bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="100"/>
+    <s v="Agriculture"/>
+    <s v="Hectares"/>
+    <n v="9450"/>
+  </r>
+  <r>
+    <s v="EAP08C4"/>
+    <s v="Total Spatial Extent of Benefiting Peat Bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="110"/>
+    <s v="Peat Production"/>
+    <s v="Hectares"/>
+    <n v="12610"/>
+  </r>
+  <r>
+    <s v="EAP08C4"/>
+    <s v="Total Spatial Extent of Benefiting Peat Bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="120"/>
+    <s v="Forestry"/>
+    <s v="Hectares"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="EAP08C4"/>
+    <s v="Total Spatial Extent of Benefiting Peat Bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="130"/>
+    <s v="Cultural"/>
+    <s v="Hectares"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="EAP08C4"/>
+    <s v="Total Spatial Extent of Benefiting Peat Bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="140"/>
+    <s v="Other land use (includes natural peatlands and heathlands)"/>
+    <s v="Hectares"/>
+    <n v="20289"/>
+  </r>
+  <r>
+    <s v="EAP08C5"/>
+    <s v="Rate of Total Spatial Extent of Benefiting Peat Bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Total land use"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="EAP08C5"/>
+    <s v="Rate of Total Spatial Extent of Benefiting Peat Bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="100"/>
+    <s v="Agriculture"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EAP08C5"/>
+    <s v="Rate of Total Spatial Extent of Benefiting Peat Bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="110"/>
+    <s v="Peat Production"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="EAP08C5"/>
+    <s v="Rate of Total Spatial Extent of Benefiting Peat Bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="120"/>
+    <s v="Forestry"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EAP08C5"/>
+    <s v="Rate of Total Spatial Extent of Benefiting Peat Bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="130"/>
+    <s v="Cultural"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EAP08C5"/>
+    <s v="Rate of Total Spatial Extent of Benefiting Peat Bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="140"/>
+    <s v="Other land use (includes natural peatlands and heathlands)"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+</pivotCacheRecords>
 </file>