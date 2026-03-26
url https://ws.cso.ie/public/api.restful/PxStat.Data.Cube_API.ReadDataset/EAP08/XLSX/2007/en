--- v1 (2026-02-05)
+++ v2 (2026-03-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4a4ea77da264d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/047388d6a5304ba5a6450c9ab8ff13b5.psmdcp" Id="R816fb4ce13004c6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb597b6f2fade41e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e27f92539d9f4999b919be074d63f92f.psmdcp" Id="Rc9abdd7d7f724492" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>