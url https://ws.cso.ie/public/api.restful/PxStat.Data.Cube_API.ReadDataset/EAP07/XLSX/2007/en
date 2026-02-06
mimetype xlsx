--- v0 (2025-11-05)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99b91f48c5764ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a714a13c58fb41ccb6638903d8bd15df.psmdcp" Id="Ra1b1633b3b364da7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e3997aa607c4d77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c410d0b11a3f47629bf2070f1f3dd641.psmdcp" Id="R71b5045909a14810" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EAP07</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Detailed Land Use for Peat Bogs and Moors &amp; Heathlands</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/20/2021 11:00:00 AM</x:t>
+    <x:t>20/05/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Land use data are from Coillte, Bord na Móna, the Forest Service and the Department of Agriculture, Food and the Marine. Refer to the Background Notes for further details on the categories Agriculture, Forestry, and Other.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EAP07/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EAP</x:t>
   </x:si>
   <x:si>
     <x:t>Peatlands &amp; Heathlands</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -442,251 +442,130 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...199 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03793V04542" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Detailed Land Use" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H45" totalsRowShown="0">
   <x:autoFilter ref="A1:H45"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03793V04542"/>
     <x:tableColumn id="6" name="Detailed Land Use"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -955,51 +834,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EAP07/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1188,51 +1067,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="19.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="54.139196" style="0" customWidth="1"/>
     <x:col min="7" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -2389,51 +2268,51 @@
       <x:c r="E45" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H45" s="0">
         <x:v>21.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -2450,51 +2329,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H45" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="EAP07C1"/>
         <x:s v="EAP07C2"/>
         <x:s v="EAP07C3"/>
         <x:s v="EAP07C4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
         <x:s v="Peat bogs"/>
         <x:s v="Moors &amp; Heathlands"/>
         <x:s v="Total Land Use"/>
         <x:s v="Total Land Use Rate"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2018"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="1">
@@ -2561,27 +2440,468 @@
         <x:n v="13882"/>
         <x:n v="1093283"/>
         <x:n v="2212"/>
         <x:n v="18795"/>
         <x:n v="1218"/>
         <x:n v="893"/>
         <x:n v="776424"/>
         <x:n v="3537"/>
         <x:n v="238323"/>
         <x:n v="100"/>
         <x:n v="0.2"/>
         <x:n v="1.7"/>
         <x:n v="0.1"/>
         <x:n v="1.5"/>
         <x:n v="3.1"/>
         <x:n v="71"/>
         <x:n v="0.3"/>
         <x:n v="21.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EAP07C1"/>
+    <s v="Peat bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Total Land use for Peat bogs and Moors &amp; Heathlands"/>
+    <s v="Hectares"/>
+    <n v="967728"/>
+  </r>
+  <r>
+    <s v="EAP07C1"/>
+    <s v="Peat bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="100"/>
+    <s v="Forestry - Broad-leaf forests"/>
+    <s v="Hectares"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="EAP07C1"/>
+    <s v="Peat bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="110"/>
+    <s v="Forestry - Conifer forests"/>
+    <s v="Hectares"/>
+    <n v="17141"/>
+  </r>
+  <r>
+    <s v="EAP07C1"/>
+    <s v="Peat bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="120"/>
+    <s v="Forestry - Mixed forests"/>
+    <s v="Hectares"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="EAP07C1"/>
+    <s v="Peat bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="130"/>
+    <s v="Forestry - Felled and Windblown"/>
+    <s v="Hectares"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="EAP07C1"/>
+    <s v="Peat bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="140"/>
+    <s v="Peat production - Cutaway"/>
+    <s v="Hectares"/>
+    <n v="15893"/>
+  </r>
+  <r>
+    <s v="EAP07C1"/>
+    <s v="Peat bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="150"/>
+    <s v="Peat production - Cutover"/>
+    <s v="Hectares"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="EAP07C1"/>
+    <s v="Peat bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="160"/>
+    <s v="Peat production - Active peat production"/>
+    <s v="Hectares"/>
+    <n v="33962"/>
+  </r>
+  <r>
+    <s v="EAP07C1"/>
+    <s v="Peat bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="170"/>
+    <s v="Agriculture - Agricultural usage"/>
+    <s v="Hectares"/>
+    <n v="666922"/>
+  </r>
+  <r>
+    <s v="EAP07C1"/>
+    <s v="Peat bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="180"/>
+    <s v="Cultural - Biodiversity areas and Archaeology"/>
+    <s v="Hectares"/>
+    <n v="3511"/>
+  </r>
+  <r>
+    <s v="EAP07C1"/>
+    <s v="Peat bogs"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="190"/>
+    <s v="Other land use (includes natural peatlands and heathlands)"/>
+    <s v="Hectares"/>
+    <n v="224441"/>
+  </r>
+  <r>
+    <s v="EAP07C2"/>
+    <s v="Moors &amp; Heathlands"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Total Land use for Peat bogs and Moors &amp; Heathlands"/>
+    <s v="Hectares"/>
+    <n v="125555"/>
+  </r>
+  <r>
+    <s v="EAP07C2"/>
+    <s v="Moors &amp; Heathlands"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="100"/>
+    <s v="Forestry - Broad-leaf forests"/>
+    <s v="Hectares"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="EAP07C2"/>
+    <s v="Moors &amp; Heathlands"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="110"/>
+    <s v="Forestry - Conifer forests"/>
+    <s v="Hectares"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="EAP07C2"/>
+    <s v="Moors &amp; Heathlands"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="120"/>
+    <s v="Forestry - Mixed forests"/>
+    <s v="Hectares"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="EAP07C2"/>
+    <s v="Moors &amp; Heathlands"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="130"/>
+    <s v="Forestry - Felled and Windblown"/>
+    <s v="Hectares"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="EAP07C2"/>
+    <s v="Moors &amp; Heathlands"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="140"/>
+    <s v="Peat production - Cutaway"/>
+    <s v="Hectares"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EAP07C2"/>
+    <s v="Moors &amp; Heathlands"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="150"/>
+    <s v="Peat production - Cutover"/>
+    <s v="Hectares"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EAP07C2"/>
+    <s v="Moors &amp; Heathlands"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="160"/>
+    <s v="Peat production - Active peat production"/>
+    <s v="Hectares"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EAP07C2"/>
+    <s v="Moors &amp; Heathlands"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="170"/>
+    <s v="Agriculture - Agricultural usage"/>
+    <s v="Hectares"/>
+    <n v="109502"/>
+  </r>
+  <r>
+    <s v="EAP07C2"/>
+    <s v="Moors &amp; Heathlands"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="180"/>
+    <s v="Cultural - Biodiversity areas and Archaeology"/>
+    <s v="Hectares"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EAP07C2"/>
+    <s v="Moors &amp; Heathlands"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="190"/>
+    <s v="Other land use (includes natural peatlands and heathlands)"/>
+    <s v="Hectares"/>
+    <n v="13882"/>
+  </r>
+  <r>
+    <s v="EAP07C3"/>
+    <s v="Total Land Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Total Land use for Peat bogs and Moors &amp; Heathlands"/>
+    <s v="Hectares"/>
+    <n v="1093283"/>
+  </r>
+  <r>
+    <s v="EAP07C3"/>
+    <s v="Total Land Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="100"/>
+    <s v="Forestry - Broad-leaf forests"/>
+    <s v="Hectares"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="EAP07C3"/>
+    <s v="Total Land Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="110"/>
+    <s v="Forestry - Conifer forests"/>
+    <s v="Hectares"/>
+    <n v="18795"/>
+  </r>
+  <r>
+    <s v="EAP07C3"/>
+    <s v="Total Land Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="120"/>
+    <s v="Forestry - Mixed forests"/>
+    <s v="Hectares"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="EAP07C3"/>
+    <s v="Total Land Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="130"/>
+    <s v="Forestry - Felled and Windblown"/>
+    <s v="Hectares"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="EAP07C3"/>
+    <s v="Total Land Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="140"/>
+    <s v="Peat production - Cutaway"/>
+    <s v="Hectares"/>
+    <n v="15893"/>
+  </r>
+  <r>
+    <s v="EAP07C3"/>
+    <s v="Total Land Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="150"/>
+    <s v="Peat production - Cutover"/>
+    <s v="Hectares"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="EAP07C3"/>
+    <s v="Total Land Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="160"/>
+    <s v="Peat production - Active peat production"/>
+    <s v="Hectares"/>
+    <n v="33962"/>
+  </r>
+  <r>
+    <s v="EAP07C3"/>
+    <s v="Total Land Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="170"/>
+    <s v="Agriculture - Agricultural usage"/>
+    <s v="Hectares"/>
+    <n v="776424"/>
+  </r>
+  <r>
+    <s v="EAP07C3"/>
+    <s v="Total Land Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="180"/>
+    <s v="Cultural - Biodiversity areas and Archaeology"/>
+    <s v="Hectares"/>
+    <n v="3537"/>
+  </r>
+  <r>
+    <s v="EAP07C3"/>
+    <s v="Total Land Use"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="190"/>
+    <s v="Other land use (includes natural peatlands and heathlands)"/>
+    <s v="Hectares"/>
+    <n v="238323"/>
+  </r>
+  <r>
+    <s v="EAP07C4"/>
+    <s v="Total Land Use Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Total Land use for Peat bogs and Moors &amp; Heathlands"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EAP07C4"/>
+    <s v="Total Land Use Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="100"/>
+    <s v="Forestry - Broad-leaf forests"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EAP07C4"/>
+    <s v="Total Land Use Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="110"/>
+    <s v="Forestry - Conifer forests"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="EAP07C4"/>
+    <s v="Total Land Use Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="120"/>
+    <s v="Forestry - Mixed forests"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EAP07C4"/>
+    <s v="Total Land Use Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="130"/>
+    <s v="Forestry - Felled and Windblown"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="EAP07C4"/>
+    <s v="Total Land Use Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="140"/>
+    <s v="Peat production - Cutaway"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="EAP07C4"/>
+    <s v="Total Land Use Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="150"/>
+    <s v="Peat production - Cutover"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="EAP07C4"/>
+    <s v="Total Land Use Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="160"/>
+    <s v="Peat production - Active peat production"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="EAP07C4"/>
+    <s v="Total Land Use Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="170"/>
+    <s v="Agriculture - Agricultural usage"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="EAP07C4"/>
+    <s v="Total Land Use Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="180"/>
+    <s v="Cultural - Biodiversity areas and Archaeology"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="EAP07C4"/>
+    <s v="Total Land Use Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="190"/>
+    <s v="Other land use (includes natural peatlands and heathlands)"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+</pivotCacheRecords>
 </file>