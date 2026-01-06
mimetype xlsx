--- v0 (2025-11-04)
+++ v1 (2026-01-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reda021c95d2143c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/403edd76b18d4604871ad90e5d6c246e.psmdcp" Id="R026236dc582b45a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77245bd74e5b4209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6cb9921de92f4d7a88d6ccf0e5a79a5e.psmdcp" Id="Rbd1d4de59f6b4b27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EAA16</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Emissions to Air</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/17/2023 11:00:00 AM</x:t>
+    <x:t>17/08/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>The NACE Rev. 2 Sector classification was updated to include data on emissions due to non-resident activity in Ireland and due to Irish resident activity abroad. The adjustment from the territorial principle to the residence principle is carried out by removing transport emissions by non-residents and by adding transport emissions by residents abroad. Air emissions accounts thus record emissions arising from the activities of resident units of a given national economy, regardless of where these emissions occur geographically, meaning they are compiled on the same principle as National Accounts. A breakdown by NACE sector of emissions by resident units is provided.&lt;br&gt;See the Background Notes(https://www.cso.ie/en/releasesandpublications/er/eaae/environmentalaccountsairemissions2018/) for more information.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EAA16/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EAAE</x:t>
   </x:si>
   <x:si>
     <x:t>Air Emissions</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -500,339 +500,152 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C0259V03821" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="NACE Rev. 2 Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H673" totalsRowShown="0">
   <x:autoFilter ref="A1:H673"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C0259V03821"/>
     <x:tableColumn id="6" name="NACE Rev. 2 Sector"/>
     <x:tableColumn id="7" name="UNIT" dataDxfId="0"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1101,51 +914,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EAA16/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1334,51 +1147,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H673"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="56.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="42.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="26.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.853482" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -18864,51 +18677,51 @@
       <x:c r="E673" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G673" s="6" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H673" s="0">
         <x:v>30.6116</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -18925,51 +18738,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H673" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="7">
         <x:s v="EAA16C01"/>
         <x:s v="EAA16C02"/>
         <x:s v="EAA16C03"/>
         <x:s v="EAA16C04"/>
         <x:s v="EAA16C05"/>
         <x:s v="EAA16C06"/>
         <x:s v="EAA16C07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="7">
         <x:s v="Sulphur Oxide (SOx) Emissions"/>
         <x:s v="Nitrogen Oxide (NOx) Emissions"/>
         <x:s v="Ammonia (NH3) Emissions"/>
         <x:s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
         <x:s v="Carbon Monoxide (CO) Emissions"/>
         <x:s v="PM 2.5 Emissions"/>
         <x:s v="PM 10 Emissions"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
@@ -19683,27 +19496,6748 @@
         <x:n v="-0.1143"/>
         <x:n v="30.4607"/>
         <x:n v="9.9412"/>
         <x:n v="10.9445"/>
         <x:n v="1.2779"/>
         <x:n v="8.1042"/>
         <x:n v="30.2678"/>
         <x:n v="0.125"/>
         <x:n v="-0.1057"/>
         <x:n v="30.2872"/>
         <x:n v="9.6887"/>
         <x:n v="11.8891"/>
         <x:n v="1.205"/>
         <x:n v="7.7282"/>
         <x:n v="30.511"/>
         <x:n v="0.1995"/>
         <x:n v="-0.0989"/>
         <x:n v="30.6116"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.3685"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="16.4411"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.5777"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="9.2858"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="26.673"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.0047"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="-0.0024"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="26.6754"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.0609"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="15.7781"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.5191"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="8.2629"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="24.6211"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.0048"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="-0.0023"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="24.6235"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.0942"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="14.6885"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.4577"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="8.0881"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="23.3286"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.0039"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="-0.0022"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="23.3303"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.0832"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="14.3163"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.4624"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="8.4765"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="23.3383"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.0043"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="-0.0017"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="23.3408"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.0493"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="9.4568"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.2964"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="7.5207"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="17.3232"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.0043"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="-0.0016"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="17.3259"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.0398"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="7.9859"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.2753"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="7.5966"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="15.8976"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.007"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="-0.0019"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="15.9028"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.0365"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="6.6617"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.2793"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="8.2852"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="15.2627"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.0062"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="-0.0019"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="15.267"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.0529"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="6.617"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.4163"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="7.4323"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="14.5185"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.0034"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="-0.0019"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="14.52"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.0255"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="5.8581"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.4133"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="7.3803"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="13.6772"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.0036"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="-0.0017"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="13.6791"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.0244"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="3.8114"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.3643"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="6.6761"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="10.8762"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.0041"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="-0.0017"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="10.8786"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.0244"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="3.3457"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.3275"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="7.0354"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="10.7329"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.002"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="-0.0017"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="10.7332"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.0243"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="4.5364"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.3412"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="6.867"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="11.7688"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="0.0037"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="-0.0019"/>
+  </r>
+  <r>
+    <s v="EAA16C01"/>
+    <s v="Sulphur Oxide (SOx) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes SO2 Equivalents"/>
+    <n v="11.7707"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="39.2608"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="24.0129"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="31.6979"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="22.4757"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="117.4473"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="5.9016"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="-3.0485"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="120.3004"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="36.1825"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="17.949"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="28.8383"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="22.2878"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="105.2576"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="5.7875"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="-2.8293"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="108.2158"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="36.2085"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="22.17"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="27.4126"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="22.2791"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="108.0702"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="4.6284"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="-2.6643"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="110.0343"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="37.8671"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="21.7011"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="25.9215"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="23.0392"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="108.529"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="5.2037"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="-2.0399"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="111.6928"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="35.9163"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="21.9481"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="25.955"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="23.3638"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="107.1832"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="5.4216"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="-2.0896"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="110.5152"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="35.801"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="23.5828"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="25.0949"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="23.6385"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="108.1172"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="7.2546"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="-1.9932"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="113.3786"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="36.4839"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="22.2076"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="26.9831"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="23.3228"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="108.9975"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="6.5305"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="-2.0263"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="113.5018"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="38.4939"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="21.161"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="27.6502"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="22.3283"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="109.6333"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="3.5126"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="-2.0134"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="111.1325"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="41.0502"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="19.7951"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="27.1523"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="22.4222"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="110.4197"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="3.5639"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="-1.6618"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="112.3218"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="38.4065"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="17.7267"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="24.8833"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="21.0201"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="102.0367"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="3.8198"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="-1.6384"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="104.2181"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="38.5184"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="17.1434"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="22.8884"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="17.4867"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="96.0369"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="1.693"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="-1.4305"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="96.2994"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="39.7323"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="20.4277"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="21.5537"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="17.0428"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="98.7565"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="2.4749"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="-1.2273"/>
+  </r>
+  <r>
+    <s v="EAA16C02"/>
+    <s v="Nitrogen Oxide (NOx) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NO2 Equivalents"/>
+    <n v="100.0041"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="113.3109"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.1828"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.0479"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="1.6572"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="115.1988"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.0194"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="-0.0026"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="115.2156"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="109.505"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.1887"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.0527"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="1.4769"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="111.2232"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.016"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="-0.0028"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="111.2364"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="115.9565"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.1805"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.0576"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="1.2937"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="117.4883"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.0113"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="-0.003"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="117.4967"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="116.9253"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.1809"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.0684"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="1.1874"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="118.3619"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.008"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="-0.0025"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="118.3674"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="113.3865"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.1844"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.0718"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="1.0584"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="114.7011"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.016"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="-0.0028"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="114.7142"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="118.7634"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.1859"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.0621"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.9592"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="119.9707"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.0333"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="-0.0038"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="120.0002"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="124.1505"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.1827"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.0885"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.8535"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="125.2752"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.0243"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="-0.0055"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="125.294"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="128.6273"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.1998"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.1069"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.695"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="129.6291"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.0138"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="-0.0079"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="129.6349"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="135.4352"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.2122"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.1099"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.6039"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="136.3611"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.0167"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="-0.0078"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="136.37"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="125.2472"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.2129"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.1092"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.5283"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="126.0975"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.0242"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="-0.0098"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="126.1118"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="123.035"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.1796"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.1127"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.42"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="123.7473"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.012"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="-0.0102"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="123.7491"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="123.8957"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.2019"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.1135"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.4471"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="124.6583"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="0.0205"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="-0.0102"/>
+  </r>
+  <r>
+    <s v="EAA16C03"/>
+    <s v="Ammonia (NH3) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NH3"/>
+    <n v="124.6686"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="41.0629"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="35.8366"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="2.3323"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="34.221"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="113.4529"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="0.3182"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="-0.1203"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="113.6508"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="40.8075"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="34.8575"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="2.1096"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="32.3705"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="110.1451"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="0.2741"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="-0.1026"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="110.3166"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="41.4822"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="36.418"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="1.9386"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="31.6438"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="111.4827"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="0.1966"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="-0.0895"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="111.5898"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="42.0563"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="37.3437"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="1.8441"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="32.104"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="113.348"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="0.1744"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="-0.064"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="113.4584"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="42.6907"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="35.328"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="1.7748"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="30.4555"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="110.249"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="0.2226"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="-0.0613"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="110.4103"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="43.1351"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="36.6384"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="1.7041"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="29.9867"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="111.4643"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="0.3483"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="-0.054"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="111.7587"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="44.5723"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="37.5544"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="1.7065"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="29.5524"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="113.3856"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="0.2111"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="-0.0479"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="113.5488"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="44.8703"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="43.2618"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="1.6264"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="27.1893"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="116.9478"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="0.0729"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="-0.0418"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="116.9789"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="44.0508"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="43.8522"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="1.6418"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="27.6868"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="117.2316"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="0.0664"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="-0.031"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="117.267"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="44.0134"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="44.8305"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="1.5859"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="26.4722"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="116.902"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="0.0873"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="-0.0294"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="116.96"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="44.8006"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="40.3048"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="1.4473"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="26.4285"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="112.9812"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="0.0284"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="-0.024"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="112.9856"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="43.6053"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="43.8695"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="1.451"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="26.1014"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="115.0272"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="0.0386"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="-0.0191"/>
+  </r>
+  <r>
+    <s v="EAA16C04"/>
+    <s v="Non-Methane Volatile Organic Compound (NMVOC) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes NMVOC"/>
+    <n v="115.0466"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="2.1271"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="26.7557"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="8.532"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes CO"/>
+    <n v="177.473"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="214.8878"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes CO"/>
+    <n v="1.9664"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes CO"/>
+    <n v="-0.6995"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="216.1547"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="1.9357"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="25.3959"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="7.6844"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes CO"/>
+    <n v="161.8246"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="196.8406"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes CO"/>
+    <n v="1.7277"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes CO"/>
+    <n v="-0.6221"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="197.9462"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="1.8065"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="27.2931"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="7.1185"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes CO"/>
+    <n v="155.1195"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="191.3375"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes CO"/>
+    <n v="1.263"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes CO"/>
+    <n v="-0.5653"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="192.0351"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="1.5576"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="24.459"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="6.8886"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes CO"/>
+    <n v="157.4916"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="190.3968"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes CO"/>
+    <n v="1.149"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes CO"/>
+    <n v="-0.4216"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="191.1242"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="1.3604"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="25.8868"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="6.6628"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes CO"/>
+    <n v="142.4394"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="176.3494"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes CO"/>
+    <n v="1.508"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes CO"/>
+    <n v="-0.4216"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="177.4358"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="1.2662"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="27.9785"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="6.3968"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes CO"/>
+    <n v="140.7647"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="176.4063"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes CO"/>
+    <n v="2.3804"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes CO"/>
+    <n v="-0.3897"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="178.3969"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="1.2732"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="28.3868"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="6.684"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes CO"/>
+    <n v="137.5339"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="173.8779"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes CO"/>
+    <n v="1.5467"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes CO"/>
+    <n v="-0.3746"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="175.05"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="1.31"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="26.3554"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="6.5554"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes CO"/>
+    <n v="114.6839"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="148.9048"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes CO"/>
+    <n v="0.6098"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes CO"/>
+    <n v="-0.3495"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="149.165"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="1.3864"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="21.2023"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="6.4363"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes CO"/>
+    <n v="115.6038"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="144.6288"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes CO"/>
+    <n v="0.5897"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes CO"/>
+    <n v="-0.275"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="144.9435"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="1.3825"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="15.6231"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="5.9148"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes CO"/>
+    <n v="102.4421"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="125.3624"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes CO"/>
+    <n v="0.6971"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes CO"/>
+    <n v="-0.2676"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="125.7919"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="1.3228"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="16.2178"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="4.6382"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes CO"/>
+    <n v="98.8186"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="120.9975"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes CO"/>
+    <n v="0.274"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes CO"/>
+    <n v="-0.2315"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="121.04"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="1.2948"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="22.8801"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes CO"/>
+    <n v="4.3319"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes CO"/>
+    <n v="94.6745"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="123.1813"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes CO"/>
+    <n v="0.3955"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes CO"/>
+    <n v="-0.1961"/>
+  </r>
+  <r>
+    <s v="EAA16C05"/>
+    <s v="Carbon Monoxide (CO) Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes CO"/>
+    <n v="123.3806"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="1.1986"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="3.2512"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="1.5347"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="9.9011"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="15.8857"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="0.3207"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="-0.1657"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="16.0407"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="1.1621"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="2.3701"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="1.3754"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="9.1263"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="14.0339"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="0.308"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="-0.1505"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="14.1913"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="1.152"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="2.4222"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="1.258"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="9.1721"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="14.0044"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="0.2405"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="-0.1384"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="14.1065"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="1.1161"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="2.4099"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="1.1751"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="9.6174"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="14.3185"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="0.2617"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="-0.1026"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="14.4777"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="1.093"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="2.7547"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="1.1277"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="8.8018"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="13.7772"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="0.2634"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="-0.1014"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="13.9393"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="1.0791"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="2.87"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="1.0491"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="9.1895"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="14.1877"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="0.3434"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="-0.0941"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="14.4369"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="1.0922"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="2.9224"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="1.0795"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="9.0957"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="14.1899"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="0.2932"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="-0.0909"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="14.3923"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="1.1128"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="3.0316"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="1.0602"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="7.9104"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="13.115"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="0.1478"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="-0.0847"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="13.1781"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="1.118"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="2.935"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="1.006"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="8.4245"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="13.4835"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="0.1459"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="-0.068"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="13.5614"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="1.1084"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="2.8152"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="0.9157"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="7.6551"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="12.4945"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="0.1642"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="-0.0704"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="12.5882"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="1.0994"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="2.878"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="0.8709"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="7.7888"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="12.6372"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="0.0757"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="-0.064"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="12.6489"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="1.0684"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="3.3475"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="0.8225"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="7.377"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="12.6154"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="0.1183"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="-0.0587"/>
+  </r>
+  <r>
+    <s v="EAA16C06"/>
+    <s v="PM 2.5 Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM2.5"/>
+    <n v="12.6751"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="9.9303"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="13.7433"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="2.0386"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="10.1843"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="35.8965"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="0.4381"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="-0.2265"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="36.1082"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="9.9752"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="8.0443"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="1.8414"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="9.4373"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="29.2982"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="0.4263"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="-0.2085"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="29.5161"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="10.0169"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="8.6324"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="1.6944"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="9.5007"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="29.8444"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="0.3362"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="-0.1935"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="29.9871"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="9.8577"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="8.6244"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="1.5777"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="9.9678"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="30.0275"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="0.3671"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="-0.1439"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="30.2507"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="9.8584"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="8.8864"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="1.5185"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="9.1693"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="29.4327"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="0.3726"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="-0.1435"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="29.6618"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="9.7695"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="9.4639"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="1.4307"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="9.5663"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="30.2304"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="0.4942"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="-0.1356"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="30.589"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="9.824"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="9.8064"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="1.5003"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="9.4726"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="30.6033"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="0.4362"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="-0.1353"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="30.9042"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="9.8909"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="11.013"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="1.5241"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="8.2867"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="30.7147"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="0.229"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="-0.1313"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="30.8124"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="9.9082"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="10.3879"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="1.4594"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="8.8076"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="30.5631"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="0.2312"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="-0.1078"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="30.6865"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="9.9494"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="10.9682"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="1.3418"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="8.0492"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="30.3087"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="0.2663"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="-0.1143"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="30.4607"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="9.9412"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="10.9445"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="1.2779"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="8.1042"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="30.2678"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="0.125"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="-0.1057"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="30.2872"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="9.6887"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="11.8891"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="1.205"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="7.7282"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD400"/>
+    <s v="Total Residence Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="30.511"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD500"/>
+    <s v="Adjustment for Non-resident Activity in Ireland"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="0.1995"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD600"/>
+    <s v="Adjustment for Irish Resident Activity Abroad"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="-0.0989"/>
+  </r>
+  <r>
+    <s v="EAA16C07"/>
+    <s v="PM 10 Emissions"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ZXD700"/>
+    <s v="Total Territorial Principle Emissions"/>
+    <s v="000 Tonnes PM10"/>
+    <n v="30.6116"/>
+  </r>
+</pivotCacheRecords>
 </file>