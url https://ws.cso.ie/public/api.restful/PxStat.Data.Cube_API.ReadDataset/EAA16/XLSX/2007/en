--- v1 (2026-01-06)
+++ v2 (2026-02-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77245bd74e5b4209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6cb9921de92f4d7a88d6ccf0e5a79a5e.psmdcp" Id="Rbd1d4de59f6b4b27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e31a415adf243fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5347d55fc52649d39818b748de910f57.psmdcp" Id="R35e8716f7129466d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>