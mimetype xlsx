--- v0 (2025-11-04)
+++ v1 (2025-12-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8425d211a9f4149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/68779e6b068c4dea9cec3836f0ea3eb5.psmdcp" Id="Rb187b2b4e9cd430e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra94008da75734a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/97c0bb631a504a9286a60fa43bb9edeb.psmdcp" Id="Rcfa1d5516859498b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EAA09</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Greenhouse Gas Emissions</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/26/2020 11:00:00 AM</x:t>
+    <x:t>26/10/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EAA09/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>EAAE</x:t>
   </x:si>
   <x:si>
     <x:t>Air Emissions</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Clare O'Hara</x:t>
   </x:si>
@@ -535,403 +535,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02597V03821" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="22">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sector NACE Rev 2" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="22">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H793" totalsRowShown="0">
   <x:autoFilter ref="A1:H793"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02597V03821"/>
     <x:tableColumn id="2" name="Sector NACE Rev 2"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1200,51 +965,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EAA09/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1431,51 +1196,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="89.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="53.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="26.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -22081,51 +21846,51 @@
       <x:c r="E793" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F793" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G793" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H793" s="0">
         <x:v>561.4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22142,51 +21907,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02597V03821">
       <x:sharedItems count="22">
         <x:s v="19"/>
         <x:s v="20"/>
         <x:s v="21"/>
         <x:s v="26"/>
         <x:s v="27"/>
         <x:s v="28"/>
         <x:s v="35"/>
         <x:s v="V0100"/>
         <x:s v="V0800"/>
         <x:s v="V1505"/>
         <x:s v="V1900"/>
         <x:s v="V2400"/>
         <x:s v="V2715"/>
         <x:s v="V3430"/>
         <x:s v="V3500"/>
         <x:s v="V3700"/>
         <x:s v="V3920"/>
         <x:s v="V3945"/>
         <x:s v="V3960"/>
         <x:s v="V39845"/>
         <x:s v="ZXD100"/>
@@ -22651,27 +22416,7948 @@
         <x:n v="493.5"/>
         <x:n v="57410"/>
         <x:n v="37166"/>
         <x:n v="507"/>
         <x:n v="57099"/>
         <x:n v="36671"/>
         <x:n v="519.2"/>
         <x:n v="59212"/>
         <x:n v="38429"/>
         <x:n v="532.8"/>
         <x:n v="61270"/>
         <x:n v="39895"/>
         <x:n v="21.7"/>
         <x:n v="548.6"/>
         <x:n v="60744"/>
         <x:n v="38728"/>
         <x:n v="22.7"/>
         <x:n v="561.4"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Basic pharmaceutical products and preparations (21)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="12693"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="12495"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="12989"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="12780"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="11621"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="11430"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="12357"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="12160"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="10946"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="10760"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="10773"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="10586"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="11363"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="11175"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="12122"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="11913"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="11145"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="10935"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="18567"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="465.7"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="18665"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="456.6"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="18026"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="451.9"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="18412"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="467.3"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="19248"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="474.1"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="19010"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="479.5"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="19251"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="489.4"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="19758"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="504.4"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="20335"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="V0100"/>
+    <s v="Agriculture, forestry and fishing (01 to 03)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="518.7"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V0800"/>
+    <s v="Mining and quarrying (05 to 09)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="21505"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="20325"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="20726"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="19632"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="18950"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="17799"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="19890"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="18806"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="18717"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="17456"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="19400"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="17940"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="20354"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="18771"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="21392"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="19713"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="20752"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="19052"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="V1505"/>
+    <s v="Industries and construction (05 to 43)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V1900"/>
+    <s v="Food products, beverages and tobacco (10 to 12)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2400"/>
+    <s v="Textiles, wearing apparel and leather products (13 to 15)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V2715"/>
+    <s v="Wood, paper, printing and reproduction of recorded media (16 to 18)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="2834"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="2332"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="2461"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="2451"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="2397"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="2387"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="2975"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="2961"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="3191"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="3177"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="3388"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="3374"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="3520"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="3504"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3430"/>
+    <s v="Rubber and plastic products, other non-metallic mineral products (22,23)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1545"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3500"/>
+    <s v="Basic metals and fabricated metal products (24,25)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3700"/>
+    <s v="Transport equipment (29,30)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3920"/>
+    <s v="Furniture, and other manufacturing, repair and installation of machinery and equipment (31 to 33)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="V3945"/>
+    <s v="Water supply; sewerage, waste management and remediation activities (36 to 39)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V3960"/>
+    <s v="Construction (41 to 43)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="6257"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="5911"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="6543"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="6136"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="6099"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="5702"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="5915"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="5531"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="5803"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="5421"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="5716"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="5310"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="6195"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="5777"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="6732"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="6290"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="6703"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="6267"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="V39845"/>
+    <s v="Services (45 to 96)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="15218"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="14598"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="15171"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="14572"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="13913"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="13294"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="13395"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="12795"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="13643"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="13020"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="12973"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="12341"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="13412"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="12803"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="13389"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="12764"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="12954"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="12345"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="ZXD100"/>
+    <s v="Households"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="61547"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="42110"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="492.4"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="61105"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="41678"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="482.8"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="56989"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="38000"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="481.3"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="57612"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="38179"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="493.5"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="57410"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="37166"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="57099"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="36671"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="519.2"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="59212"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="38429"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="532.8"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="61270"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="39895"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="548.6"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C1"/>
+    <s v="Greenhouse Gas Emissions (CO2, N2O, CH4, HFC, PFC, SF6)"/>
+    <s v=" 000 Tonnes CO2 Equivalents"/>
+    <n v="60744"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C2"/>
+    <s v="Carbon Dioxide (CO2) Emissions"/>
+    <s v=" 000 Tonnes CO2"/>
+    <n v="38728"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C3"/>
+    <s v="Nitrous Oxide (N2O) Emissions"/>
+    <s v=" 000 Tonnes N2O"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="ZXD200"/>
+    <s v="Total emissions"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EAA09C4"/>
+    <s v="Methane (CH4) Emissions"/>
+    <s v=" 000 Tonnes CH4"/>
+    <n v="561.4"/>
+  </r>
+</pivotCacheRecords>
 </file>