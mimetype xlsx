--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra94008da75734a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/97c0bb631a504a9286a60fa43bb9edeb.psmdcp" Id="Rcfa1d5516859498b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b37344a05a146cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fe0d7598baf6496cbc3e2d831b8f633e.psmdcp" Id="Rad01786f144540e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>