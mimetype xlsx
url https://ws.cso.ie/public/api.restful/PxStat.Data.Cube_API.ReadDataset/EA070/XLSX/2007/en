--- v0 (2025-10-04)
+++ v1 (2025-12-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re48dab7f2a284102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5712130463fd4c5eb387d5f1bec87299.psmdcp" Id="R23b78456afa54649" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87cc49c50b0d4a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c2883756e1f34fff97ffd20d6dddb411.psmdcp" Id="R253e8eaa42bc4f52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EA070</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Percentage of Irish Speakers and Non-Irish Speakers Aged 3 Years and Over 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/28/2020 11:00:00 AM</x:t>
+    <x:t>28/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve">For the 2016 Census, the religion breakdown has been expanded. In 2011 the religions with a 0 figure were included in the </x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Other Stated Religion</x:t>
@@ -754,603 +754,218 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...551 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="53">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="53">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H531" totalsRowShown="0">
   <x:autoFilter ref="A1:H531"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02712V03280"/>
     <x:tableColumn id="2" name="Religion"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1619,51 +1234,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA070/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1852,51 +1467,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H531"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="45.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="34.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -15690,51 +15305,51 @@
       <x:c r="E531" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H531" s="0">
         <x:v>31.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15751,51 +15366,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H531" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02712V03280">
       <x:sharedItems count="53">
         <x:s v="01"/>
         <x:s v="04"/>
         <x:s v="07"/>
         <x:s v="10"/>
         <x:s v="09"/>
         <x:s v="12"/>
         <x:s v="14"/>
         <x:s v="13"/>
         <x:s v="11"/>
         <x:s v="17"/>
         <x:s v="15"/>
         <x:s v="05"/>
         <x:s v="16"/>
         <x:s v="23"/>
         <x:s v="18"/>
         <x:s v="21"/>
         <x:s v="19"/>
         <x:s v="20"/>
         <x:s v="22"/>
         <x:s v="25"/>
         <x:s v="24"/>
@@ -16266,27 +15881,5328 @@
         <x:n v="39"/>
         <x:n v="7"/>
         <x:n v="17.9"/>
         <x:n v="30"/>
         <x:n v="25"/>
         <x:n v="16.7"/>
         <x:n v="20"/>
         <x:n v="33.3"/>
         <x:n v="38883"/>
         <x:n v="12239"/>
         <x:n v="26158"/>
         <x:n v="486"/>
         <x:n v="31.5"/>
         <x:n v="35849"/>
         <x:n v="11322"/>
         <x:n v="24062"/>
         <x:n v="465"/>
         <x:n v="31.6"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3680896"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1605394"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2036740"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="38762"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="43.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3580231"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1504151"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2038342"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="37738"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="123770"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="33394"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="89007"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="121777"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="33670"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="86685"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1422"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="44854"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="8541"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="35479"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="59024"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="12109"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="45718"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="42739"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5565"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="36557"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="59351"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="8980"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="49458"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="23726"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4407"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="19107"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="23523"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4429"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="18883"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="12932"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3974"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="8670"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="12652"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4361"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="8055"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="9955"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="8894"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="13555"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1712"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="11734"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="8466"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1587"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6812"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="9595"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="7678"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="6655"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5120"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="6348"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4855"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5923"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4481"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="6289"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4753"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5508"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5034"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5195"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4647"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5135"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4719"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5278"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4755"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4004"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2865"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="9366"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3020"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6257"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3884"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2615"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="7738"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2295"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5401"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3370"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2621"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3822"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2929"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3501"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2009"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5179"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2128"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3025"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2460"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="39.8"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2721"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="8057"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3670"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4335"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Hare Krishna"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Congregationalist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Lapsed Church of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="13448"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3281"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="9957"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="7597"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5494"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="257816"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="77110"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="179097"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="449276"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="147602"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="298626"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3048"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="66855"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="7061"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="15824"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="43970"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="118468"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="7620"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="17212"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="93636"/>
+  </r>
+  <r>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4370631"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1774437"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2507312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="88882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4569261"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1761420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2667945"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="139896"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2955"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="37"/>
+    <s v="Spiritualist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="38"/>
+    <s v="Born Again Christian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Jedi Knight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Sikh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Seventh Day Adventist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Unitarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Church of Christ"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Jacobite"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Pastafarian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Taoist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="47"/>
+    <s v="Jain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="48"/>
+    <s v="Rastafari"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="49"/>
+    <s v="Deist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Scientologist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Satanism"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Kimbanguist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Shinto"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="54"/>
+    <s v="Salvation Army"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="55"/>
+    <s v="Zoroastrian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="56"/>
+    <s v="Unificationist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="57"/>
+    <s v="Eckist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="58"/>
+    <s v="Theist"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="38883"/>
+  </r>
+  <r>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="12239"/>
+  </r>
+  <r>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="26158"/>
+  </r>
+  <r>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="35849"/>
+  </r>
+  <r>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="11322"/>
+  </r>
+  <r>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="24062"/>
+  </r>
+  <r>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="59"/>
+    <s v="Christian (Not Specified)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA070C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="31.6"/>
+  </r>
+</pivotCacheRecords>
 </file>