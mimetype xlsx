--- v1 (2025-12-11)
+++ v2 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87cc49c50b0d4a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c2883756e1f34fff97ffd20d6dddb411.psmdcp" Id="R253e8eaa42bc4f52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0230954ad8324a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7429a69b13b94b8991ca420c7205fb40.psmdcp" Id="R07ea203652ad4c40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>