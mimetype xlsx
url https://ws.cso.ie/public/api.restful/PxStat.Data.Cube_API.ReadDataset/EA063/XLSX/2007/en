--- v0 (2025-11-12)
+++ v1 (2025-12-31)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37d62bcd3c5842c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/15bfc5a3232d4cbbaafe03992cd3b1f5.psmdcp" Id="R09a0d96725ed4811" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0724729cdbbf4848" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8c0b8c243bf54eb4b0abfe22c5c5da3c.psmdcp" Id="Rca9aef67f9f64789" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EA063</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Speakers Aged 3 Years and Over 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/28/2020 11:00:00 AM</x:t>
+    <x:t>28/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA063/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P10</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 10 - Education and Skills and the Irish Language</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -484,355 +484,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02708V03276" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02697V03265" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Frequency of Speaking Irish" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L529" totalsRowShown="0">
   <x:autoFilter ref="A1:L529"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02708V03276"/>
     <x:tableColumn id="4" name="Social Class"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02697V03265"/>
     <x:tableColumn id="8" name="Frequency of Speaking Irish"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1105,51 +918,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA063/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1336,51 +1149,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L529"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="45.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="38.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="62.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -21474,51 +21287,51 @@
       <x:c r="I529" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L529" s="0">
         <x:v>2102</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21535,51 +21348,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L529" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EA063"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02708V03276">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Social Class">
@@ -22154,27 +21967,7420 @@
         <x:n v="1581"/>
         <x:n v="1106"/>
         <x:n v="467"/>
         <x:n v="315"/>
         <x:n v="340"/>
         <x:n v="273"/>
         <x:n v="287"/>
         <x:n v="186"/>
         <x:n v="5035"/>
         <x:n v="4355"/>
         <x:n v="8395"/>
         <x:n v="7759"/>
         <x:n v="49442"/>
         <x:n v="43837"/>
         <x:n v="34253"/>
         <x:n v="30688"/>
         <x:n v="2519"/>
         <x:n v="2102"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1774437"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1761420"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519181"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="555754"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21631"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20641"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7510"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6665"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5776"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4626"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3563"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55554"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53162"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103132"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104808"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="607460"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="581909"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435219"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="418420"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15411"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12581"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="800850"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="792643"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235551"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="251480"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9135"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8594"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3330"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2988"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2743"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25893"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24848"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46136"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46426"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272625"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="260122"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195883"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="188407"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7797"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6224"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="973587"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="968777"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283630"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="304274"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12496"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12047"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4180"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3677"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3033"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29661"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28314"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56996"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58382"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334835"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="321787"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239336"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="230013"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7614"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6357"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168198"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="189333"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48301"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62589"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2166"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2650"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4864"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5301"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11046"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12374"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59389"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61964"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39986"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41996"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87311"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97351"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23649"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30565"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2788"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5900"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6287"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31847"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33079"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20988"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22088"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80887"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="91982"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24652"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32024"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2513"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5146"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6087"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27542"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28885"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18998"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19908"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="615171"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="634720"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199372"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="222761"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10815"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10695"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3360"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3008"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2248"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19213"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19077"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36880"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39036"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203628"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="201281"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135319"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133418"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3147"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2554"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262275"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="269884"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85173"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95554"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4255"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4094"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8174"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8189"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15666"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16499"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86779"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84813"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57682"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56978"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352896"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="364836"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114199"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="127207"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6560"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6601"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1933"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11039"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10888"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21214"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22537"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116849"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116468"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77637"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76440"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342333"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="337610"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90564"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95188"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2566"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2544"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8766"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8386"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18860"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19342"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122339"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="117418"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94051"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90459"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2196"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125886"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126577"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41545"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43711"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3146"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6885"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7279"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41142"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39969"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29732"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29594"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216447"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211033"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49019"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51477"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5550"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5240"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11975"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12063"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81197"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77449"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64319"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60865"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223952"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="201604"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64150"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62012"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6744"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5959"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11934"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10781"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75343"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65573"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59664"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52579"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2324"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131237"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115555"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30344"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29011"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4116"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3653"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6661"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5897"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47390"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40665"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39375"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33793"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92715"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86049"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33806"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33001"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2306"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5273"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4884"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27953"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24908"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20289"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18786"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148360"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="145443"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37172"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38951"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5148"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4779"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8117"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8015"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53434"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50761"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40560"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39798"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74770"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72690"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17705"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18261"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2617"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2457"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4023"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3906"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27303"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25755"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21115"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20748"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73590"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72753"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19467"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20690"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2531"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2322"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4094"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4109"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26131"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25006"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19445"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19050"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38645"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37180"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10093"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10180"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1975"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13106"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12221"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10536"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10120"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21103"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20197"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4797"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4825"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7385"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6987"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6141"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5844"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17542"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16983"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5296"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5355"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5721"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5234"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4395"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4276"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237778"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="215530"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69529"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64073"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2728"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9162"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7969"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14320"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13324"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80221"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72691"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55103"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50050"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4718"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3993"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98268"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90389"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32338"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29553"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4127"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3614"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5925"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5565"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30779"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28854"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20850"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19362"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2199"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139510"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="125141"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37191"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34520"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5035"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4355"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8395"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7759"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49442"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43837"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34253"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30688"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2519"/>
+  </r>
+  <r>
+    <s v="EA063"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+</pivotCacheRecords>
 </file>