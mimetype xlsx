--- v1 (2025-12-31)
+++ v2 (2026-02-18)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0724729cdbbf4848" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8c0b8c243bf54eb4b0abfe22c5c5da3c.psmdcp" Id="Rca9aef67f9f64789" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a3b0f2122ac41f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/44d57e71959c4c7784073c04547f83be.psmdcp" Id="R84e5d556f75d4741" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>