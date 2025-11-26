--- v0 (2025-10-04)
+++ v1 (2025-11-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02aefef0bc6b44b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/57fa1211e4314619816f8a51a84ec0dc.psmdcp" Id="Redfabe78ac214a44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12c4bd76429840e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/39982e119e0940028f8afc5e71dcd6d0.psmdcp" Id="R90e6d72f1fef4b8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EA061</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Speakers Aged 15 Years and Over 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/28/2020 11:00:00 AM</x:t>
+    <x:t>28/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA061/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P10</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 10 - Education and Skills and the Irish Language</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,363 +496,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02697V03265" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Frequency of Speaking Irish" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L595" totalsRowShown="0">
   <x:autoFilter ref="A1:L595"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Principal Economic Status"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02697V03265"/>
     <x:tableColumn id="8" name="Frequency of Speaking Irish"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1125,51 +932,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA061/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1356,51 +1163,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L595"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="46.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="50.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="62.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -24002,51 +23809,51 @@
       <x:c r="I595" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L595" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -24063,51 +23870,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L595" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EA061"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="9">
         <x:s v="801"/>
         <x:s v="501"/>
         <x:s v="201"/>
         <x:s v="202"/>
         <x:s v="301"/>
         <x:s v="302"/>
         <x:s v="303"/>
         <x:s v="304"/>
         <x:s v="602"/>
       </x:sharedItems>
     </x:cacheField>
@@ -24673,27 +24480,8344 @@
         <x:n v="85"/>
         <x:n v="86"/>
         <x:n v="79"/>
         <x:n v="508"/>
         <x:n v="522"/>
         <x:n v="320"/>
         <x:n v="318"/>
         <x:n v="1874"/>
         <x:n v="2257"/>
         <x:n v="65"/>
         <x:n v="78"/>
         <x:n v="104"/>
         <x:n v="138"/>
         <x:n v="182"/>
         <x:n v="918"/>
         <x:n v="1097"/>
         <x:n v="621"/>
         <x:n v="710"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1337465"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1295771"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156508"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172497"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11286"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10150"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3306"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2984"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2896"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2252"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50645"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48194"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86576"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84154"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="585179"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="555647"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426724"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="408461"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12521"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9945"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586073"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="564973"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57900"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64662"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4145"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3611"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23583"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22467"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38012"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36531"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261307"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="246840"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191367"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="183129"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6364"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4910"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="751392"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="730798"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98608"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107835"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7141"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6539"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27062"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25727"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48564"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47623"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="323872"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="308807"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235357"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="225332"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6157"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5035"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="691051"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="679423"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42027"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45178"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5774"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5543"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24739"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24902"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44056"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43045"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316290"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="305314"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250722"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="249255"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5258"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4523"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316558"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="312857"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7141"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8002"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1873"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12198"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12376"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20703"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19656"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151434"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146720"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119638"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="121479"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2952"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2533"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374493"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="366566"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34886"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37176"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3901"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3878"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12541"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12526"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23353"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23389"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164856"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="158594"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131084"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="127776"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2306"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1990"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10227"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8108"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4517"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3478"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3912"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3107"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5482"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4275"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2402"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4745"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3833"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90927"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51404"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4567"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2857"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5389"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3041"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41211"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22966"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35693"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19833"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55112"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27303"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2928"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3165"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25005"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12417"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21727"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10252"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35815"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24101"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2224"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16206"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10549"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13966"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9581"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243124"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="251650"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107620"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="120749"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3729"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3333"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1995"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4519"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4227"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14452"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15073"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62554"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59826"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43339"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42381"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110828"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115811"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48450"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54497"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6442"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6808"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28025"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27244"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20899"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20979"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132296"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="135839"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59170"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66252"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2493"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2330"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8010"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8265"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34529"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32582"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22440"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21402"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107890"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88593"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1966"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5561"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4456"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7904"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6451"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53686"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43641"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36731"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30822"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4587"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4786"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2177"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2271"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103303"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83807"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5170"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4068"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7557"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6080"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51509"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41370"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35306"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29297"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157095"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="181769"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8790"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9511"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11679"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13784"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88423"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103253"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43868"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51032"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1916"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1678"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77147"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85479"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4771"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5039"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5987"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6855"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44024"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49112"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20219"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22444"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79948"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96290"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4019"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4472"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5692"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6929"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44399"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54141"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23649"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28588"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34193"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31459"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2270"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2053"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17072"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15550"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11518"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11003"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15275"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13354"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7732"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6701"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4892"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4404"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18918"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18105"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9340"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8849"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6626"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6599"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2958"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3365"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EA061"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+</pivotCacheRecords>
 </file>