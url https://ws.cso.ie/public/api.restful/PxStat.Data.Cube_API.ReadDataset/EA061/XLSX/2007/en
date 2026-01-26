--- v1 (2025-11-26)
+++ v2 (2026-01-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12c4bd76429840e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/39982e119e0940028f8afc5e71dcd6d0.psmdcp" Id="R90e6d72f1fef4b8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb5c57e3e50a4de7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da6a99f2c2d24b57835d3668da1482dd.psmdcp" Id="R21d2a4841f974299" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>