--- v0 (2025-11-14)
+++ v1 (2026-01-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5becacc04424037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/687371690855479989948aadf102f40a.psmdcp" Id="R676466f3ba6344ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R334e67dd06e64340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e15d3ed390b348ad88b03f9f1d2083bd.psmdcp" Id="R221a495db7fd4ac1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EA060</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Speakers Aged 15 Years and Over 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/28/2020 11:00:00 AM</x:t>
+    <x:t>28/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA060/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P10</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 10 - Education and Skills and the Irish Language</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -478,355 +478,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02697V03265" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Frequency of Speaking Irish" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L529" totalsRowShown="0">
   <x:autoFilter ref="A1:L529"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02697V03265"/>
     <x:tableColumn id="6" name="Frequency of Speaking Irish"/>
     <x:tableColumn id="7" name="C02325V02801"/>
     <x:tableColumn id="8" name="Marital Status"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1099,51 +912,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA060/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1330,51 +1143,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L529"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="46.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="62.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="33.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -21468,51 +21281,51 @@
       <x:c r="I529" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L529" s="0">
         <x:v>503</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21529,51 +21342,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L529" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EA060"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -22051,27 +21864,7420 @@
         <x:n v="1821"/>
         <x:n v="7405"/>
         <x:n v="7225"/>
         <x:n v="4507"/>
         <x:n v="5254"/>
         <x:n v="16288"/>
         <x:n v="15451"/>
         <x:n v="6157"/>
         <x:n v="5035"/>
         <x:n v="2757"/>
         <x:n v="2365"/>
         <x:n v="2341"/>
         <x:n v="1784"/>
         <x:n v="56"/>
         <x:n v="216"/>
         <x:n v="127"/>
         <x:n v="670"/>
         <x:n v="503"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1337465"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1295771"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="625100"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="597940"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586801"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="570604"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11492"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12631"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34676"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32892"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20715"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23306"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58681"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57343"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156508"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172497"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128771"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="141749"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24809"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27637"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11286"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10150"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6257"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5600"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4422"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4056"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3306"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2984"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2553"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2345"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2896"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2252"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2147"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50645"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48194"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18015"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16810"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26994"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25933"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2845"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2626"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86576"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84154"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36047"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34548"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42260"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41089"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2452"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2357"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3476"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3498"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="585179"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="555647"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233422"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="212408"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287008"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="277202"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5942"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6615"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17607"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16551"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10484"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11865"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30716"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30478"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426724"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="408461"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190265"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="176457"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194922"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="189920"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3710"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4014"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11428"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10950"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6806"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7815"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19593"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18966"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12521"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9945"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6111"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4953"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4779"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3591"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586073"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="564973"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282674"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="269766"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263870"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="253906"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6339"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7050"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13596"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12650"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7907"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8658"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11687"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12359"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57900"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64662"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52764"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59196"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4653"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4920"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4145"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3611"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2161"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23583"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22467"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9024"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8357"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12540"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12119"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38012"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36531"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16735"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15812"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18181"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17437"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261307"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="246840"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107518"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97239"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132238"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126953"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3395"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3795"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7426"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6919"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4306"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4750"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6424"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6887"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191367"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="183129"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87962"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81900"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91796"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="89059"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4023"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3725"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3305"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3515"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6364"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4910"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3354"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2588"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="751392"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="730798"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342426"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="328174"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322931"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="316698"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5153"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5581"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21080"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20242"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12808"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14648"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46994"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44984"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98608"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107835"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76007"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82553"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20156"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22717"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7141"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6539"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3837"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3439"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2855"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2730"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27062"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25727"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8991"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8453"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14454"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13814"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1966"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48564"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47623"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19312"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18736"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24079"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23652"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2531"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="323872"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="308807"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125904"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115169"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154770"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150249"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2820"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10181"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9632"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6178"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7115"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24292"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23591"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235357"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="225332"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102303"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94557"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103126"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="100861"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1821"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7405"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7225"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4507"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5254"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16288"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15451"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6157"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5035"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2757"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="0115"/>
+    <s v="Registered same-sex civil partnership"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2341"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09A"/>
+    <s v="Re-married"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="EA060"/>
+    <s v="Irish Speakers Aged 15 Years and Over 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+</pivotCacheRecords>
 </file>