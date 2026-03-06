--- v1 (2026-01-20)
+++ v2 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R334e67dd06e64340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e15d3ed390b348ad88b03f9f1d2083bd.psmdcp" Id="R221a495db7fd4ac1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref9b1c9232394744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ffb68ac994944ffabd692f4ca3e1047.psmdcp" Id="Re0bec13bb0bf41e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>