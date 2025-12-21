--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R768e92c1881840f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e16584a6f52940d4b9dad3d5b615d5eb.psmdcp" Id="Rc7983e34066f49c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb30937282fef4ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ee82d9ce20fa4669ac732d0294fb8b90.psmdcp" Id="Rf5cb88e2920843d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EA059</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Speakers Aged 3 Years and Over 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/28/2020 11:00:00 AM</x:t>
+    <x:t>28/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA059/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P10</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 10 - Education and Skills and the Irish Language</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -505,379 +505,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02697V03265" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Frequency of Speaking Irish" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L727" totalsRowShown="0">
   <x:autoFilter ref="A1:L727"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02697V03265"/>
     <x:tableColumn id="8" name="Frequency of Speaking Irish"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1150,51 +945,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA059/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1381,51 +1176,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L727"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="45.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="62.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -29043,51 +28838,51 @@
       <x:c r="I727" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J727" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K727" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L727" s="0">
         <x:v>1165</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -29104,51 +28899,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L727" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EA059"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="11">
         <x:s v="-"/>
         <x:s v="235"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
@@ -29888,27 +29683,10192 @@
         <x:n v="112120"/>
         <x:n v="1039"/>
         <x:n v="1250"/>
         <x:n v="385"/>
         <x:n v="345"/>
         <x:n v="20"/>
         <x:n v="39"/>
         <x:n v="31"/>
         <x:n v="4789"/>
         <x:n v="5086"/>
         <x:n v="6535"/>
         <x:n v="7509"/>
         <x:n v="54883"/>
         <x:n v="63000"/>
         <x:n v="29832"/>
         <x:n v="33694"/>
         <x:n v="1339"/>
         <x:n v="1165"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1774437"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1761420"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519181"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="555754"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21631"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20641"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7510"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6665"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5776"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4626"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3563"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55554"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53162"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103132"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104808"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="607460"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="581909"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435219"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="418420"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15411"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12581"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="800850"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="792643"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235551"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="251480"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9135"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8594"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3330"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2988"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2743"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25893"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24848"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46136"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46426"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272625"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="260122"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195883"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="188407"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7797"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6224"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="973587"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="968777"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283630"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="304274"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12496"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12047"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4180"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3677"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3033"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29661"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28314"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56996"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58382"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334835"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="321787"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239336"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="230013"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7614"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6357"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18740"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16092"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12434"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10389"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8702"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7432"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5765"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4763"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10038"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8660"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6669"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5626"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="235"/>
+    <s v="3 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198940"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="218350"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169313"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="183525"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5301"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5587"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6945"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9306"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8562"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10668"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2409"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3135"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98406"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107262"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83727"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90165"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2582"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2676"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4471"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4319"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5327"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100534"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="111088"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85586"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93360"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2911"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3543"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4835"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4243"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5341"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219292"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231207"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180926"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="189343"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4253"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4108"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2374"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2020"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8107"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10006"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11902"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13932"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5820"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6555"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107669"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112976"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88159"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="91890"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4056"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4834"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6124"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7172"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3153"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3570"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111623"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="118231"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92767"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97453"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2210"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4051"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5172"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5778"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6760"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2667"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2985"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178751"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="192777"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103060"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115753"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2995"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2476"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9137"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10422"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31744"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32368"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23171"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23567"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83888"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90988"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47171"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53141"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4224"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4867"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14966"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15494"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11952"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12401"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94863"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="101789"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55889"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62612"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4913"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5555"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16778"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16874"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11219"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11166"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128613"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112847"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8370"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8080"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3682"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3146"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7846"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6798"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56583"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48926"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49232"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43739"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56557"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50309"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2911"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25064"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21821"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23190"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20923"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72056"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62538"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6382"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5859"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1932"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4511"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3887"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31519"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27105"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26042"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22816"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260880"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="196360"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17964"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17611"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8282"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6389"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14720"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10700"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109836"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79180"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105072"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78583"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109371"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81462"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2923"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3574"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2791"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6218"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4406"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48295"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34682"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46396"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35088"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151509"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="114898"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15041"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14549"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4708"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3598"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8502"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6294"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61541"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44498"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58676"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43495"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234404"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="237171"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10391"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14168"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11190"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11040"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17927"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17726"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105328"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103439"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85136"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86567"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99070"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="98192"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2343"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4526"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4539"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7056"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6696"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45744"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44325"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38273"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38809"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135334"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138979"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8621"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11825"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6664"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6501"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10871"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11030"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59584"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59114"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46863"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47758"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196503"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="188199"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9811"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9495"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8347"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7951"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13677"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13043"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96238"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="89780"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64441"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64757"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85819"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79230"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4035"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3624"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5982"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5326"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43359"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38916"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28987"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28434"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110684"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="108969"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8004"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7831"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4312"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4327"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7695"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7717"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52879"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50864"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35454"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36323"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164361"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="167708"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5083"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5118"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7038"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6869"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10921"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10986"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88106"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88306"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50166"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54081"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76332"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76203"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3688"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3591"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5384"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5355"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41418"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40954"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22895"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24001"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88029"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="91505"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3632"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3909"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3350"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3278"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5537"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5631"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46688"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47352"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27271"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30080"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173953"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="200709"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2272"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9630"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10346"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12348"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14479"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97344"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113648"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49506"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57167"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2359"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75036"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88589"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4841"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5260"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5813"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6970"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42461"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50648"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19674"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23473"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98917"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112120"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4789"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5086"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6535"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7509"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54883"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63000"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29832"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33694"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="EA059"/>
+    <s v="Irish Speakers Aged 3 Years and Over 2011 to 2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+</pivotCacheRecords>
 </file>