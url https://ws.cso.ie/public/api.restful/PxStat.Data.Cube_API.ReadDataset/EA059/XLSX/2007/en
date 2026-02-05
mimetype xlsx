--- v1 (2025-12-21)
+++ v2 (2026-02-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb30937282fef4ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ee82d9ce20fa4669ac732d0294fb8b90.psmdcp" Id="Rf5cb88e2920843d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f010d5fd8e840f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e4af32922df74505aceff0acf8c1b1d0.psmdcp" Id="Rc0ed6105ea634965" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>