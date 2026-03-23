--- v2 (2026-02-05)
+++ v3 (2026-03-23)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f010d5fd8e840f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e4af32922df74505aceff0acf8c1b1d0.psmdcp" Id="Rc0ed6105ea634965" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7736789710c4369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/870bf4fe993f4a63ad88695e98bcd612.psmdcp" Id="R6577d247b7e64797" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>