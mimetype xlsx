--- v0 (2025-11-08)
+++ v1 (2026-02-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc898896e0f64720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e28622e09ce463183ac7267d8b8247c.psmdcp" Id="Re59c3ca567a146f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f2c1247d15e439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45c82e88fc6646eb99f903990c572742.psmdcp" Id="Ra4a2c07d45e64878" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EA058</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/28/2020 11:00:00 AM</x:t>
+    <x:t>28/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA058/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P10</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 10 - Education and Skills and the Irish Language</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -499,371 +499,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02688V03255" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ethnic or Cultural Background" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02697V03265" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Frequency of Speaking Irish" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L661" totalsRowShown="0">
   <x:autoFilter ref="A1:L661"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02688V03255"/>
     <x:tableColumn id="6" name="Ethnic or Cultural Background"/>
     <x:tableColumn id="7" name="C02697V03265"/>
     <x:tableColumn id="8" name="Frequency of Speaking Irish"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1136,51 +937,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA058/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1367,51 +1168,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L661"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="83.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="44.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="62.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -26521,51 +26322,51 @@
       <x:c r="I661" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L661" s="0">
         <x:v>8809</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26582,51 +26383,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L661" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EA058"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="3">
         <x:s v="236"/>
         <x:s v="2361"/>
         <x:s v="375"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="3">
         <x:s v="3 - 19 years"/>
         <x:s v="3 years and over"/>
         <x:s v="20 years and over"/>
       </x:sharedItems>
@@ -27154,27 +26955,9268 @@
         <x:n v="8264"/>
         <x:n v="7392"/>
         <x:n v="1381"/>
         <x:n v="1113"/>
         <x:n v="1204"/>
         <x:n v="798"/>
         <x:n v="527"/>
         <x:n v="343"/>
         <x:n v="47908"/>
         <x:n v="45415"/>
         <x:n v="77018"/>
         <x:n v="73318"/>
         <x:n v="550210"/>
         <x:n v="520057"/>
         <x:n v="401286"/>
         <x:n v="382592"/>
         <x:n v="11149"/>
         <x:n v="8809"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="548696"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="565293"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412631"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="427134"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12690"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12416"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5704"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5054"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4076"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3136"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6841"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6660"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23049"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27086"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47942"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48810"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29575"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30067"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3367"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2693"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3096"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2101"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2267"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29401"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41411"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23888"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33151"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3268"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13984"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16373"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11439"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12560"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2164"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7863"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12474"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6125"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9432"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6246"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12085"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4917"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9261"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3207"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2324"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2530"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="615287"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="657985"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="465627"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="498834"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13331"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13193"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6125"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5551"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4563"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3823"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3035"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7375"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7404"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25644"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31037"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53851"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58505"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31587"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33475"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4149"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="236"/>
+    <s v="3 - 19 years"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3653"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1684872"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1642155"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="464631"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="482204"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20842"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19685"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7070"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6151"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5265"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3905"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3324"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2548"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53528"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50572"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98857"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99035"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="591892"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="561340"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="425869"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="406174"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13594"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10541"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3900"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4227"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36986"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50124"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24538"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33839"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2022"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2642"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4827"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6370"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3221"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4543"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14871"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17718"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11610"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12791"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2703"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2097"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2882"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8909"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13930"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6217"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9547"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2442"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7784"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14783"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5013"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9405"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6625"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7135"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2756"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1826"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1767555"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1754435"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518948"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="555447"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21595"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20585"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7506"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6664"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5767"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4621"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3562"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2853"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55283"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52819"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102662"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104355"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="604061"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="578562"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="432873"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="416067"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15298"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12462"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1136176"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1076862"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52000"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55070"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8152"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7269"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46687"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43912"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75808"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71949"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="543950"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="512530"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="396294"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="376107"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10227"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7848"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7585"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8713"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2830"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3102"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2165"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2840"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2698"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3418"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3477"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1152268"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1096450"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53321"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Speaks Irish daily within the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56613"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8264"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="13"/>
+    <s v="Speaks Irish daily within and daily outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7392"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Speaks Irish daily within and weekly outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="15"/>
+    <s v="Speaks Irish daily within and less often outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Speaks Irish daily within and never outside the education system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47908"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="17"/>
+    <s v="Speaks Irish daily (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45415"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77018"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="43"/>
+    <s v="Speaks Irish weekly (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73318"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="550210"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="53"/>
+    <s v="Speaks Irish less often (outside education system only)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="520057"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="401286"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="63"/>
+    <s v="Never speaks Irish outside the education system only"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="382592"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11149"/>
+  </r>
+  <r>
+    <s v="EA058"/>
+    <s v="Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8809"/>
+  </r>
+</pivotCacheRecords>
 </file>