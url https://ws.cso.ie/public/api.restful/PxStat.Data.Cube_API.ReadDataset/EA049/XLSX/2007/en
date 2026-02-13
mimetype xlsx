--- v0 (2025-11-15)
+++ v1 (2026-02-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R375adce25ee944ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e57f2c69b374211a7645c5f7ab26ae7.psmdcp" Id="R951322cef3cf48ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde48563d9d0841d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e638103468374c82b484138b21a8a99a.psmdcp" Id="Rfae6e84578e64d9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EA049</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Speakers and Non-Irish Speakers Aged 3 Years and Over 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/28/2020 11:00:00 AM</x:t>
+    <x:t>28/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>When excluding not stated, people with an ability to speak Irish made up 39.8% of the population in 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA049/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P10</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 10 - Education and Skills and the Irish Language</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -469,315 +469,158 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...263 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="C02708V03276" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02793V03362" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Gaeltacht Areas" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L481" totalsRowShown="0">
   <x:autoFilter ref="A1:L481"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="C02708V03276"/>
     <x:tableColumn id="2" name="Social Class"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02793V03362"/>
     <x:tableColumn id="6" name="Gaeltacht Areas"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="STATISTIC"/>
     <x:tableColumn id="10" name="Statistic Label"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1050,51 +893,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA049/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1283,51 +1126,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L481"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="38.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="34.710625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -19597,51 +19440,51 @@
       <x:c r="I481" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L481" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -19658,51 +19501,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L481" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02708V03276">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Social Class">
       <x:sharedItems count="8">
         <x:s v="All social classes"/>
         <x:s v="Professional workers"/>
         <x:s v="Managerial and technical"/>
         <x:s v="Non-manual"/>
         <x:s v="Skilled manual"/>
         <x:s v="Semi-skilled"/>
         <x:s v="Unskilled"/>
         <x:s v="All other gainfully occupied and unknown"/>
       </x:sharedItems>
@@ -20215,27 +20058,6748 @@
         <x:n v="7043"/>
         <x:n v="3618"/>
         <x:n v="390"/>
         <x:n v="63.7"/>
         <x:n v="9967"/>
         <x:n v="5922"/>
         <x:n v="578"/>
         <x:n v="59.4"/>
         <x:n v="436798"/>
         <x:n v="139510"/>
         <x:n v="270541"/>
         <x:n v="26747"/>
         <x:n v="31.9"/>
         <x:n v="446284"/>
         <x:n v="125141"/>
         <x:n v="272306"/>
         <x:n v="48837"/>
         <x:n v="28"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="96628"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="66238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="29114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="68.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="96090"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="63664"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="30723"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4370631"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1774437"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2507312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="88882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4569261"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1761420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2667945"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="139896"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="48355"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="32741"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="14937"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="47634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="31072"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="15642"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2161466"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="800850"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1312713"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="47903"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2255697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="792643"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1387498"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="75556"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="48273"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="33497"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="14177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="48456"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="32592"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="15081"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2209165"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="973587"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1194599"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="40979"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="44.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2313564"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="968777"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1280447"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="64340"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="6348"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4418"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="69.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="6814"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4710"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="309682"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="168198"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="139197"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="359620"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="189333"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="167646"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2641"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="52.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3473"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3782"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2521"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="171530"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="87311"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="82896"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="50.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="198039"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="97351"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="99174"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2875"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2068"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="71.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3032"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="72.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="138152"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="80887"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="56301"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="161581"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="91982"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="68472"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="24585"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="18264"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6196"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="74.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="25280"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="18228"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6921"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1178551"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="615171"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="554290"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="9090"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="52.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1269064"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="634720"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="624577"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="9767"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="11167"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="8069"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3041"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="72.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="11453"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="8003"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3376"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="550570"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="262275"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="283562"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4733"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="47.6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="592738"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="269884"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="317675"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5179"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="45.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="13418"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="10195"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3155"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="13827"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="10225"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3545"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="73.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="627981"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="352896"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="270728"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4357"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="676326"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="364836"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="306902"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4588"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="53.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="14063"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="9743"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4230"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="14870"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="10086"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4685"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="763779"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="342333"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="414906"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6540"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="44.8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="805377"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="337610"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="460433"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="7334"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5188"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3687"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="71.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5537"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3810"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="68.8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="287517"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="125886"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="158558"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3073"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="307868"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="126577"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="177779"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3512"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="8875"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6056"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2780"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="68.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="9333"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6276"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3006"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="476262"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="216447"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="256348"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3467"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="45.4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="497509"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="211033"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="282654"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3822"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="14875"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="9872"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4895"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="14204"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="9144"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4949"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="680423"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="223952"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="448907"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="7564"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="650138"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="201604"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="440616"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="7918"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="9894"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6429"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3394"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="9178"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5755"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3348"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="443419"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="131237"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="307153"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5029"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="419505"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="115555"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="298769"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5181"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4981"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3443"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5026"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3389"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="237004"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="92715"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="141754"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2535"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="39.1"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="230633"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="86049"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="141847"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2737"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="11662"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="7825"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3754"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="11864"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="7413"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4352"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="472379"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="148360"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="318899"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5120"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="487800"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="145443"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="336708"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5649"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="6167"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4149"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="6250"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3899"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2285"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="251940"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="74770"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="174154"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3016"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="261116"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="72690"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="185130"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3296"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5495"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3676"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5614"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3514"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="220439"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="73590"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="144745"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2104"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="226684"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="72753"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="151578"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2353"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4293"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4278"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2836"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="165803"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="38645"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="125134"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="166842"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="37180"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="127407"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2715"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1838"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2621"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="93274"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="21103"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="70952"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="92295"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="20197"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="70719"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="72529"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="17542"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="54182"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="74547"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="16983"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="56688"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="20802"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="13262"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6748"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="18780"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="11247"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6349"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="800014"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="237778"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="505979"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="56257"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="830420"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="215530"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="510558"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="104332"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="9751"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6219"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3130"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="8813"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5325"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2882"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="60.4"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="363216"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="98268"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="235438"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="29510"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="384136"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="90389"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="238252"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="55495"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="11051"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="7043"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3618"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="9967"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5922"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3467"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="59.4"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="436798"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="139510"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="270541"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="26747"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="446284"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="125141"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="272306"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="48837"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA049C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+</pivotCacheRecords>
 </file>