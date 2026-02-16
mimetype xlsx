--- v0 (2025-10-09)
+++ v1 (2026-02-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98ea083fc8214921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/27fef94dd9c642e381149d3b3a59e3aa.psmdcp" Id="R33dbe73f771048d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re51abc7dae074d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ecff5b63459a4a438193e8bc49167e29.psmdcp" Id="R1b094ea97c714384" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EA048</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Speakers and Non-Irish Speakers Aged 3 Years and Over 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/28/2020 11:00:00 AM</x:t>
+    <x:t>28/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>When excluding not stated, people with an ability to speak Irish made up 39.8% of the population in 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA048/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P10</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 10 - Education and Skills and the Irish Language</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -493,347 +493,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02793V03362" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Gaeltacht Areas" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L721" totalsRowShown="0">
   <x:autoFilter ref="A1:L721"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02793V03362"/>
     <x:tableColumn id="4" name="Gaeltacht Areas"/>
     <x:tableColumn id="5" name="C02728V03296"/>
     <x:tableColumn id="6" name="Socio Economic Group"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="STATISTIC"/>
     <x:tableColumn id="10" name="Statistic Label"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1106,51 +925,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA048/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1339,51 +1158,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L721"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="17.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="34.710625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -28773,51 +28592,51 @@
       <x:c r="I721" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J721" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K721" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L721" s="0">
         <x:v>27.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -28834,51 +28653,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L721" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02793V03362">
       <x:sharedItems count="2">
         <x:s v="-"/>
         <x:s v="-1"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Gaeltacht Areas">
       <x:sharedItems count="2">
         <x:s v="All Gaeltacht Areas"/>
@@ -29614,27 +29433,10108 @@
         <x:n v="2306"/>
         <x:n v="5289"/>
         <x:n v="78"/>
         <x:n v="30.1"/>
         <x:n v="7574"/>
         <x:n v="2148"/>
         <x:n v="5351"/>
         <x:n v="28.4"/>
         <x:n v="431478"/>
         <x:n v="137165"/>
         <x:n v="267531"/>
         <x:n v="26782"/>
         <x:n v="31.8"/>
         <x:n v="434977"/>
         <x:n v="120963"/>
         <x:n v="265336"/>
         <x:n v="48678"/>
         <x:n v="27.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="96628"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="66238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="29114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="68.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="96090"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="63664"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="30723"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="12460"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="8716"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="12039"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="8138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3824"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3632"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5867"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3930"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="12467"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="9641"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2769"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="77.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="13614"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="10274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="15821"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="10630"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5082"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="17728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="11701"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5911"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="7538"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="6998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4539"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2405"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="8130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5459"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="8294"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5149"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3086"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4036"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2689"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4758"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4309"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2656"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="61.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5815"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4625"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="79.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5433"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="76.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="69.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="71.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="19854"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="12509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6561"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="17389"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="10200"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="58.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4370631"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1774437"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2507312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="88882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4569261"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1761420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2667945"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="139896"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="657994"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="316211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="336278"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="48.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="692458"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="320802"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="365635"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6021"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="46.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="274209"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="148528"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="123793"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="54.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="317650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="165509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="149929"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="52.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="524911"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="299077"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="221999"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3835"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="592610"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="321038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="267263"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4309"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="54.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="884458"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="379450"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="497038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="7970"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="42.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="955448"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="383280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="562653"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="9515"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="373563"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="114371"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="255050"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="349521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="102178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="243127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4216"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="348406"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="109782"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="234904"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="359403"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="107573"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="247717"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="148074"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="34951"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="111309"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="150475"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="33946"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="114476"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2053"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="191733"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="68483"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="121523"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="175796"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="57560"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="116689"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="163950"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="65931"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="96084"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="152294"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="57283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="93136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="23031"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6145"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="16631"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="22671"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5763"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="16646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="780302"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="231508"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="492703"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="56091"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="800935"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="206488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="490674"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="103773"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="48355"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="32741"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="14937"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="47634"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="31072"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="15642"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="6747"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4634"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="68.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="6511"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4282"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2182"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2899"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="64.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4833"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3611"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5239"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3837"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5070"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3408"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5904"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3858"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1990"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5650"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1953"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5174"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3282"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4208"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2797"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4297"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2490"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3126"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2838"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4053"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3232"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="79.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3883"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="76.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="71.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="8993"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5613"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2985"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="7870"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4614"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="58.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2161466"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="800850"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1312713"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="47903"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2255697"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="792643"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1387498"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="75556"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="354504"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="159867"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="191494"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3143"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="45.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="371762"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="161447"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="206832"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3483"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="150685"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="76741"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="72850"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="50.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="173440"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="84569"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="87620"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="48.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="204049"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="104526"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="97746"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="51.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="234659"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="113625"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="118968"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="48.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="305114"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="129789"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="171874"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="338672"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="134916"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="199425"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4331"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="39.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="276635"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="77499"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="196105"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3031"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="258866"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="67998"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="187779"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3089"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="188485"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="55154"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="131125"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="195815"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="53672"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="139749"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="81276"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="18703"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="61505"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="80964"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="17992"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="61753"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="125434"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="40280"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="83970"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="114055"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="33338"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="79692"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="111102"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="40109"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="69530"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="106409"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="35946"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="69047"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="15358"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3839"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="11342"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="15097"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3615"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="11295"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="348824"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="94343"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="225172"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="29309"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="365958"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="85525"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="225338"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="55095"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="48273"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="33497"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="14177"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="48456"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="32592"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="15081"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5713"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4082"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="71.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5528"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3856"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="69.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="69.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2651"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1868"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="7634"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6030"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="8375"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6437"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1903"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="76.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="10751"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="7222"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3474"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="11824"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="7843"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3921"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="68.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3922"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2662"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3997"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2522"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="79.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="75.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="10861"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6896"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3576"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="9519"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5586"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3362"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="58.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2209165"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="973587"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1194599"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="40979"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="44.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2313564"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="968777"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1280447"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="64340"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="303490"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="156344"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="144784"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="51.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="320696"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="159355"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="158803"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2538"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="49.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="123524"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="71787"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="50943"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="58.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="144210"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="80940"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="62309"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="320862"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="194551"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="124253"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="60.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="357951"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="207413"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="148295"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2243"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="579344"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="249661"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="325164"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4519"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="43.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="616776"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="248364"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="363228"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5184"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="40.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="96928"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="36872"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="58945"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="90655"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="34180"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="55348"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="159921"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="54628"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="103779"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="163588"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="53901"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="107968"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="66798"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="16248"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="49804"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="69511"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="15954"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="52723"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="66299"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="28203"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="37553"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="61741"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="24222"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="36997"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="52848"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="25822"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="26554"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="48.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="45885"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="21337"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="24089"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="46.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="7673"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2306"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5289"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="7574"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5351"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="431478"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="137165"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="267531"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="26782"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="31.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="434977"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="120963"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="265336"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="48678"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA048C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+</pivotCacheRecords>
 </file>