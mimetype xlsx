--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f6b63ce64624af4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/610a1e54fbfc493e89651bbb99b0b9c0.psmdcp" Id="Rd48a561b66be423d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d097a5b4ad847ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e3fbf6c5ff648bab1619ff8f00b7d7c.psmdcp" Id="R291abb5aedc5499e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EA046</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Speakers and Non-Irish Speakers Aged 15 Years and Over  2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/28/2020 11:00:00 AM</x:t>
+    <x:t>28/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>When excluding not stated, people with an ability to speak Irish made up 39.8% of the population in 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA046/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P10</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 10 - Education and Skills and the Irish Language</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -517,379 +517,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02722V03289" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age at which Full Time Education Ceased" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02793V03362" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Gaeltacht Areas" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L961" totalsRowShown="0">
   <x:autoFilter ref="A1:L961"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02722V03289"/>
     <x:tableColumn id="4" name="Age at which Full Time Education Ceased"/>
     <x:tableColumn id="5" name="C02793V03362"/>
     <x:tableColumn id="6" name="Gaeltacht Areas"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="STATISTIC"/>
     <x:tableColumn id="10" name="Statistic Label"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1162,51 +957,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA046/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1395,51 +1190,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L961"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="57.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="34.710625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -37949,51 +37744,51 @@
       <x:c r="I961" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J961" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K961" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L961" s="0">
         <x:v>21.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -38010,51 +37805,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L961" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02722V03289">
       <x:sharedItems count="16">
         <x:s v="-"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="11"/>
         <x:s v="13"/>
@@ -38981,27 +38776,13468 @@
         <x:n v="135839"/>
         <x:n v="76240"/>
         <x:n v="3995"/>
         <x:n v="1114"/>
         <x:n v="907"/>
         <x:n v="54.6"/>
         <x:n v="2084"/>
         <x:n v="1064"/>
         <x:n v="1007"/>
         <x:n v="99510"/>
         <x:n v="25846"/>
         <x:n v="72594"/>
         <x:n v="1070"/>
         <x:n v="116122"/>
         <x:n v="25376"/>
         <x:n v="89713"/>
         <x:n v="1033"/>
         <x:n v="21.9"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="79959"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="53036"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="25976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="79882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="50932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="27612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1337465"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2202830"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="68367"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3755313"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1295771"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2348205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="111337"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="7523"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="72.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5390"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="239908"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="41219"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="196220"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="184266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="28944"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="153481"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3581"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="149580"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="30522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="118000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="124642"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="22436"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="101355"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2969"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="261042"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="64436"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="194807"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="226150"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="49356"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="175309"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4708"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1549"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4075"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="245840"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="89396"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="155040"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="217663"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="70169"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="146405"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="7243"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4746"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2471"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="6933"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="372689"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="146270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="224302"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="358642"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="126098"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="230714"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2375"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="128081"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="52665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="74808"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="122278"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="45381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="76365"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="114927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="52307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="62093"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="45.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="117591"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="48930"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="68208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3461"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3624"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="69.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="153731"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="80679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="72503"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="52.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="163740"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="79874"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="83323"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="48.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1944"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="68.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3125"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="139046"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="73080"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="65455"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="52.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="157573"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="76215"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="80820"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="48.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="68.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="92309"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="47150"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="44859"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="51.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="106119"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="49865"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="55889"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="65921"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="30143"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="35513"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="45.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="76433"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="32317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="43838"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5293"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="60.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="190847"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="85632"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="104430"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="253702"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="104394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="148285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="19257"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="11898"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6711"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="21534"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="12593"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="7919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="849569"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="255234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="547138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="47197"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="988253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="264427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="634243"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="89583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="9109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="7231"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="79.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="9343"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="7420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="79.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="408838"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="243124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="159365"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="427128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="251650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="167034"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="8444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="58.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4019"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1780"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="54.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="49.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="196334"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="45608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="148297"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="231133"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="45715"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="182936"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="39804"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="26094"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="13201"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="39346"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="24743"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="13864"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="62.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="586073"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1148091"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="37346"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1839849"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="564973"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1214035"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="60841"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4471"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3267"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="73.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3264"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="72.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="130481"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="22380"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="106680"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="100530"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="15977"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="83477"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1635"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="84759"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="16814"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="67291"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="71798"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="12659"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="58625"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3398"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2943"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="58.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="145418"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="33535"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="110806"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="126389"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="25826"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="99655"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2288"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="117191"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="38364"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="78083"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="104366"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="30123"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="73609"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3372"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3243"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="62.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="176365"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="62579"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="112625"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="171200"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="54453"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="115697"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="31.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="60.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="54576"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="19405"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="34835"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="52276"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="16645"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="35352"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="31.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="52448"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="20220"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="31931"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="53672"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="18665"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="34744"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="69485"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="31589"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="37598"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="45.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="73135"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="30791"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="42041"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="65531"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="31096"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="34160"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="47.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="73887"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="31924"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="41689"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="64.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="44598"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="20821"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="23624"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="46.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="50179"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="21463"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="28524"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="42.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="32653"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="13951"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="18560"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="37379"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="14526"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="22686"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="89742"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="35818"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="53519"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="39.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="117904"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="42871"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="74459"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="9401"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5711"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3352"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="10667"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6164"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3941"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="57.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="410236"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="108911"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="275731"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="25594"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="481069"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="112900"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="319460"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="48709"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4381"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3435"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="78.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4493"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3544"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="78.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="201203"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="110828"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="86945"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3430"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="55.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="211054"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="115811"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="90794"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4449"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="54.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="48.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="96824"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="19762"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="75703"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="115011"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="20339"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="93223"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="40155"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="26942"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="12775"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="40536"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="26189"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="13748"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="751392"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1054739"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="31021"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1915464"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="730798"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1134170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="50496"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2177"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="71.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="109427"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="18839"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="89540"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="83736"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="12967"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="70004"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="59.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="64821"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="13708"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="50709"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="52844"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="9777"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="42730"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2356"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="55.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="115624"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="30901"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="84001"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="99761"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="23530"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="75654"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2069"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="128649"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="51032"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="76957"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="113297"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="40046"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="72796"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3871"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3690"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2336"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="196324"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="83691"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="111677"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="187442"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="71645"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="115017"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="73505"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="33260"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="39973"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="45.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="70002"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="28736"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="41013"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="71.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="62479"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="32087"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="30162"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="51.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="63919"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="30265"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="33464"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="47.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="73.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="84246"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="49090"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="34905"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="58.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="90605"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="49083"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="41282"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="54.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="73515"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="41984"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="31295"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="83686"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="44291"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="39131"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="52.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="47711"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="26329"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="21235"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="55.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="55940"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="28402"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="27365"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="64.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="33268"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="16192"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="16953"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="48.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="39054"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="17791"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="21152"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2308"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2958"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="101105"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="49814"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="50911"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="49.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="135798"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="61523"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="73826"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="45.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="9856"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6187"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3359"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="10867"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6429"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3978"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="59.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="439333"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="146323"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="271407"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="21603"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="507184"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="151527"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="314783"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="40874"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4728"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3796"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="80.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4850"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3876"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="79.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="207635"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="132296"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="72420"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="216074"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="135839"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="76240"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3995"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="62.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="54.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="51.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="99510"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="25846"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="72594"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="116122"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="25376"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="89713"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA046C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+</pivotCacheRecords>
 </file>