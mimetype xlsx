--- v0 (2025-10-07)
+++ v1 (2025-12-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3ca4e523ac54f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf2f9619e8a1484e89a4c587949ecc1e.psmdcp" Id="R93567b36116042f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35e0189705214ed7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e98614d2d16e48eb807ed8d3caa5b849.psmdcp" Id="R71d8de5daac34596" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EA045</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Speakers and Non-Irish Speakers Aged 15 Years and Over 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/28/2020 11:00:00 AM</x:t>
+    <x:t>28/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>When excluding not stated, people with an ability to speak Irish made up 39.8% of the population in 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA045/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P10</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 10 - Education and Skills and the Irish Language</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -514,371 +514,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02793V03362" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Gaeltacht Areas" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L901" totalsRowShown="0">
   <x:autoFilter ref="A1:L901"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02757V03327"/>
     <x:tableColumn id="4" name="Highest Level of Education Completed"/>
     <x:tableColumn id="5" name="C02793V03362"/>
     <x:tableColumn id="6" name="Gaeltacht Areas"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="STATISTIC"/>
     <x:tableColumn id="10" name="Statistic Label"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1151,51 +952,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA045/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1384,51 +1185,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L901"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="54.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="34.710625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -35658,51 +35459,51 @@
       <x:c r="I901" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J901" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K901" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L901" s="0">
         <x:v>21.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -35719,51 +35520,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L901" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02757V03327">
       <x:sharedItems count="15">
         <x:s v="-2"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="07"/>
         <x:s v="22"/>
@@ -36647,27 +36448,12628 @@
         <x:n v="3995"/>
         <x:n v="2041"/>
         <x:n v="1114"/>
         <x:n v="907"/>
         <x:n v="54.6"/>
         <x:n v="2084"/>
         <x:n v="1064"/>
         <x:n v="1007"/>
         <x:n v="51.1"/>
         <x:n v="99510"/>
         <x:n v="25846"/>
         <x:n v="72594"/>
         <x:n v="1070"/>
         <x:n v="116122"/>
         <x:n v="25376"/>
         <x:n v="89713"/>
         <x:n v="1033"/>
         <x:n v="21.9"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="79959"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="53036"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="25976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="79882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="50932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="27612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1337465"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2202830"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="68367"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3755313"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1295771"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2348205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="111337"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="42387"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4005"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="37596"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="52214"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4633"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="46630"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="12471"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="8809"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3570"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="9594"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6594"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2901"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="68.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="414509"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="70643"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="338444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5422"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="334284"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="51577"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="278028"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="10754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6963"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3723"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="9819"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6075"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3684"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="499489"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="123715"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="371390"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4384"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="449766"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="97385"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="348541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3840"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="11688"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="7448"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4184"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="11077"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6821"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4199"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="61.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="601498"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="232696"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="364606"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4196"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="573643"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="195623"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="374093"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5015"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3030"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="60.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5239"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3024"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="57.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="258697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="84491"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="172264"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="271532"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="79972"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="189552"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3633"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3673"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2258"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="171925"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="62045"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="108693"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="182318"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="59888"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="121295"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2937"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="135122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="57360"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="76984"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="153351"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="59326"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="93205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5001"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="68.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5343"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3497"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1821"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="221977"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="108322"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="112570"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="48.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="237117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="102621"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="133302"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3618"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1605"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="6332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4229"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="271301"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="147278"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="122928"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="331293"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="162339"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="167577"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5034"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="71.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5970"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="224744"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="126041"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="97903"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="284107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="148353"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="134686"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="52.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="55.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="21970"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="10632"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="11240"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="48.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="28759"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="13517"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="15108"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3051"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="48.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3673"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="139871"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="21505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="80550"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="37816"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="198668"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="23172"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="96218"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="79278"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="9109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="7231"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="79.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="9343"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="7420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="79.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="408838"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="243124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="159365"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="427128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="251650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="167034"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="8444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="58.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4019"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1780"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="54.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="49.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="196334"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="45608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="148297"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="231133"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="45715"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="182936"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="39804"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="26094"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="13201"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="39346"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="24743"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="13864"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="62.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="586073"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1148091"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="37346"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1839849"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="564973"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1214035"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="60841"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="57.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="52.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="23086"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="20498"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="28296"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2465"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="25278"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="7106"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5056"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="71.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5556"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3859"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="216530"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="35790"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="177552"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="175603"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="26543"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="146325"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2735"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="6225"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4088"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2099"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5647"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3561"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2046"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="268192"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="60694"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="204830"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="243128"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="48399"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="192472"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5383"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3425"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5280"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3288"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="274842"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="98246"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="174366"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2230"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="268675"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="84360"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="182148"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2270"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="58.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2308"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="120366"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="31775"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="87461"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="122938"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="29885"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="91883"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2345"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="116900"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="39439"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="76562"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="119588"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="36476"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="82301"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="55.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="59359"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="22299"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="36641"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="66290"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="22326"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="43552"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="98460"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="44501"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="53396"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="45.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="106692"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="42447"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="63611"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="39.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2562"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1587"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="120962"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="58873"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="61549"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="48.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="147460"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="63942"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="82796"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="94295"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="47107"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="46820"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="119676"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="55110"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="64000"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="53.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="55.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="13018"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5793"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="7167"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="16016"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6881"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="9057"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="48.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="67473"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="8851"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="38601"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="20021"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="99422"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="9989"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="46595"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="42838"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4381"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3435"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="78.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4493"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3544"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="78.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="201203"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="110828"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="86945"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3430"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="55.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="211054"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="115811"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="90794"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4449"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="54.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="48.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="96824"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="19762"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="75703"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="115011"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="20339"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="93223"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="40155"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="26942"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="12775"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="40536"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="26189"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="13748"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="751392"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1054739"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="31021"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1915464"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="730798"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1134170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="50496"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="19301"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="17098"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="23918"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="21352"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5365"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3753"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4038"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2735"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="67.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="197979"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="34853"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="160892"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2234"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="158681"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="25034"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="131703"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1944"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4529"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2875"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4172"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="231297"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="63021"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="166560"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="206638"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="48986"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="156069"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="6305"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4023"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5797"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3533"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="60.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="326656"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="134450"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="190240"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1966"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="304968"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="111263"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="191945"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1760"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2745"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1739"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="138331"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="52716"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="84803"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="148594"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="50087"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="97669"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="55025"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="22606"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="32131"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="62730"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="23412"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="38994"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1867"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="61.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="75763"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="35061"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="40343"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="46.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="87061"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="37000"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="49653"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2937"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2053"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3152"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2099"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="66.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="123517"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="63821"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="59174"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="51.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="130425"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="60174"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="69691"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="46.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3099"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="71.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3770"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2642"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="150339"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="88405"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="61379"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="183833"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="98397"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="84781"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="53.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3098"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3656"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="130449"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="78934"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="51083"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="60.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="164431"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="93243"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="70686"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="8952"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4839"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4073"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="54.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="12743"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6636"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6051"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="52.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="72398"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="12654"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="41949"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="17795"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="99246"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="13183"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="49623"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="36440"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4728"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3796"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="80.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4850"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3876"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="79.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="207635"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="132296"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="72420"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="216074"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="135839"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="76240"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3995"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="62.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="54.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="51.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="99510"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="25846"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="72594"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="116122"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="25376"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="89713"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA045C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+</pivotCacheRecords>
 </file>