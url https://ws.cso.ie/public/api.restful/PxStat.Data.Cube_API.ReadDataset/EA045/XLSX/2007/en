--- v1 (2025-12-08)
+++ v2 (2026-02-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35e0189705214ed7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e98614d2d16e48eb807ed8d3caa5b849.psmdcp" Id="R71d8de5daac34596" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ab25d3ee00a43f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c950a513698342c392f1e5b8da3e9126.psmdcp" Id="R28fc7e7d67cf48c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>