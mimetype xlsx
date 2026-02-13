--- v0 (2025-11-04)
+++ v1 (2026-02-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd41536b62ab84f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab95135f99984cb69895f7c253c5059d.psmdcp" Id="R701ad764696646c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96e63f69af754a08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/31fec1cf1ace4b508d7fff366fbdf892.psmdcp" Id="R60c95e6f940249cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EA043</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/28/2020 11:00:00 AM</x:t>
+    <x:t>28/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA043/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P10</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 10 - Education and Skills and the Irish Language</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -526,403 +526,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02710V03278" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Irish Speakers and" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L505" totalsRowShown="0">
   <x:autoFilter ref="A1:L505"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02710V03278"/>
     <x:tableColumn id="6" name="Irish Speakers and"/>
     <x:tableColumn id="7" name="C02537V03240"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1195,51 +972,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA043/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1426,51 +1203,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L505"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="80.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="32.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -20652,51 +20429,51 @@
       <x:c r="I505" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L505" s="0">
         <x:v>61775</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20713,51 +20490,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L505" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EA043"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -21315,27 +21092,7084 @@
         <x:n v="630"/>
         <x:n v="136"/>
         <x:n v="182"/>
         <x:n v="377"/>
         <x:n v="265"/>
         <x:n v="250"/>
         <x:n v="627"/>
         <x:n v="11912"/>
         <x:n v="21101"/>
         <x:n v="311"/>
         <x:n v="461"/>
         <x:n v="794"/>
         <x:n v="37"/>
         <x:n v="172"/>
         <x:n v="145"/>
         <x:n v="166"/>
         <x:n v="39372"/>
         <x:n v="61775"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3732498"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3907032"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111606"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102555"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9556"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11456"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11104"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11400"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7489"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11548"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6658"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11929"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19847"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19504"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35388"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35835"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116388"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="120315"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16802"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28298"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40886"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21679"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16003"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11019"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10786"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10319"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8627"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13565"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41700"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49693"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46560"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65302"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15213"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10724"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47626"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38042"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5100"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6735"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8901"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11408"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4308738"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4498358"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1711313"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1699285"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14549"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10250"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2404"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4197"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7908"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14566"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5652"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2158"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1384"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3743"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6917"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6115"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3763"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1767555"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1754435"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1971287"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2136661"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95937"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="90428"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8824"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10349"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9906"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9826"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6925"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10530"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6251"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10929"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18069"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16565"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32268"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30691"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106651"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="102424"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14614"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24237"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33883"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18193"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14292"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9932"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7885"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8074"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7963"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12534"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38444"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44460"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14559"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14105"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13325"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9364"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42671"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34093"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4547"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6230"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7461"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9855"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2455762"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2609480"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49898"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71086"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3325"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25084"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45082"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85421"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="134443"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1844049"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1925545"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56038"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52440"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4722"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5755"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4914"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4922"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4221"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6349"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2657"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4781"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8745"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8383"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16837"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16565"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60239"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60764"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8560"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14646"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20145"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11282"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8631"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7001"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4638"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4305"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4364"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6325"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21308"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25297"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24199"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34378"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7436"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5291"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24065"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19528"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2796"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4721"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5900"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2132726"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2222253"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="771321"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="763023"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6503"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4529"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3888"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7147"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3271"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2928"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="797914"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="789350"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1045831"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1124032"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48869"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46845"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4327"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5147"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4345"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4175"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3915"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5816"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2463"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4311"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7873"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6971"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15289"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14109"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55263"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51702"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7413"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12518"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16756"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9480"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7741"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6376"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3291"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3238"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4034"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5775"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19655"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22560"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7756"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7469"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6446"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4585"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21546"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17420"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3990"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5112"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1288763"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1360235"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26897"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38490"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1915"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13172"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23981"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46049"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72668"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1888449"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1981487"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55568"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50115"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4834"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5701"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6190"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6478"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3268"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5199"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4001"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7148"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11102"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11121"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18551"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19270"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56149"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59551"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8242"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13652"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20741"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10397"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7372"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4018"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6148"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6014"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4263"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7240"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20392"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24396"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22361"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30924"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7777"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5433"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23561"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18514"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2863"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3939"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4180"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5508"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2176012"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2276105"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="939992"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="936262"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8046"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5721"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2248"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4020"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7419"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2984"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3646"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3187"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1975"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="969641"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="965085"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="925456"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1012629"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47068"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43583"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4497"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5202"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5561"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5651"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3010"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4714"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3788"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6618"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10196"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9594"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16979"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16582"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51388"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50722"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7201"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11719"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17127"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8713"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6551"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3556"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4594"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4836"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3929"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6759"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18789"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21900"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6803"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6636"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6879"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4779"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21125"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16673"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3471"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4743"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1166999"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1249245"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23001"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32596"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="AFR"/>
+    <s v="African"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OEU28"/>
+    <s v="Other EU28"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11912"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21101"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OEUR00"/>
+    <s v="Other European"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OAS00"/>
+    <s v="Other Asian"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OAM00"/>
+    <s v="Other American"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ON00"/>
+    <s v="Other nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39372"/>
+  </r>
+  <r>
+    <s v="EA043"/>
+    <s v="Population Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61775"/>
+  </r>
+</pivotCacheRecords>
 </file>