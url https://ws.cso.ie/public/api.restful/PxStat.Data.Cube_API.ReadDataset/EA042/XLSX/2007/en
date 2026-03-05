--- v0 (2025-11-12)
+++ v1 (2026-03-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9be33ee0695495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/99d0d3f1f09146f59d0438e89183f653.psmdcp" Id="R7975a1b31dea4013" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e2131b3e6544438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2e7dc063cda402b80b0f6a0d1ad0fd7.psmdcp" Id="Rcdbe40db82ba4d9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EA042</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Speakers and Non-Irish Speakers Aged 3 Years and Over Usually Resident and Present in the State 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/28/2020 11:00:00 AM</x:t>
+    <x:t>28/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve">When excluding not stated, people with an ability to speak Irish made up 39.8% of the population in 2016#The majority of respondents from both the </x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Democratic Republic of the Congo</x:t>
@@ -1195,1163 +1195,358 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1111 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="123">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="123">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1231" totalsRowShown="0">
   <x:autoFilter ref="A1:H1231"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02719V03286"/>
     <x:tableColumn id="2" name="Birthplace"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -2620,51 +1815,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA042/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2853,51 +2048,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1231"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="34.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -34891,51 +34086,51 @@
       <x:c r="E1231" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F1231" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G1231" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H1231" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -34952,51 +34147,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1231" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02719V03286">
       <x:sharedItems count="123">
         <x:s v="IE03"/>
         <x:s v="IE04"/>
         <x:s v="XI"/>
         <x:s v="XEXW"/>
         <x:s v="XS"/>
         <x:s v="AT"/>
         <x:s v="BE"/>
         <x:s v="DK"/>
         <x:s v="FI"/>
         <x:s v="FR"/>
         <x:s v="DE"/>
         <x:s v="GR"/>
         <x:s v="IT"/>
         <x:s v="LU"/>
         <x:s v="NL"/>
         <x:s v="PT"/>
         <x:s v="ES"/>
         <x:s v="SE"/>
         <x:s v="CY"/>
         <x:s v="CZ"/>
         <x:s v="EE"/>
@@ -36038,27 +35233,12328 @@
         <x:n v="85"/>
         <x:n v="30.2"/>
         <x:n v="2026"/>
         <x:n v="1714"/>
         <x:n v="14.3"/>
         <x:n v="2003"/>
         <x:n v="1704"/>
         <x:n v="14.4"/>
         <x:n v="391"/>
         <x:n v="60"/>
         <x:n v="4308738"/>
         <x:n v="1767555"/>
         <x:n v="2455762"/>
         <x:n v="85421"/>
         <x:n v="4498358"/>
         <x:n v="1754435"/>
         <x:n v="2609480"/>
         <x:n v="134443"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2643202"/>
+  </r>
+  <r>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1168986"/>
+  </r>
+  <r>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1407177"/>
+  </r>
+  <r>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="67039"/>
+  </r>
+  <r>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="44.2"/>
+  </r>
+  <r>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2734165"/>
+  </r>
+  <r>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1151091"/>
+  </r>
+  <r>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1467476"/>
+  </r>
+  <r>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="115598"/>
+  </r>
+  <r>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="905405"/>
+  </r>
+  <r>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="468533"/>
+  </r>
+  <r>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="429141"/>
+  </r>
+  <r>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="7731"/>
+  </r>
+  <r>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="51.7"/>
+  </r>
+  <r>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="960040"/>
+  </r>
+  <r>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="475755"/>
+  </r>
+  <r>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="476135"/>
+  </r>
+  <r>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="8150"/>
+  </r>
+  <r>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="49.6"/>
+  </r>
+  <r>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="57072"/>
+  </r>
+  <r>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="13983"/>
+  </r>
+  <r>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="42687"/>
+  </r>
+  <r>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="56561"/>
+  </r>
+  <r>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="13771"/>
+  </r>
+  <r>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="42330"/>
+  </r>
+  <r>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="211616"/>
+  </r>
+  <r>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="58450"/>
+  </r>
+  <r>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="151390"/>
+  </r>
+  <r>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="202167"/>
+  </r>
+  <r>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="49858"/>
+  </r>
+  <r>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="150701"/>
+  </r>
+  <r>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="17803"/>
+  </r>
+  <r>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3750"/>
+  </r>
+  <r>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="13897"/>
+  </r>
+  <r>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="16586"/>
+  </r>
+  <r>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3271"/>
+  </r>
+  <r>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="13164"/>
+  </r>
+  <r>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="10000"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="8898"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="11805"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="10569"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="12911"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="10937"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="12899"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="11056"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="7079"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6489"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="10812"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="9926"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4480"/>
+  </r>
+  <r>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3682"/>
+  </r>
+  <r>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4694"/>
+  </r>
+  <r>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3947"/>
+  </r>
+  <r>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2229"/>
+  </r>
+  <r>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3815"/>
+  </r>
+  <r>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3334"/>
+  </r>
+  <r>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="6872"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6262"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="11677"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="10669"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5462"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5054"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4894"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4451"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="7360"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6881"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="8588"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="7847"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="19813"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="18101"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="18937"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="16752"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="34509"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2446"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="31540"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="33230"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3259"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="29518"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="114329"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="7833"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="105254"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="114673"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="10906"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="102448"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="10624"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="9980"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="9408"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="8631"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="17858"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="15507"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="28526"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="25450"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1771"/>
+  </r>
+  <r>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2886"/>
+  </r>
+  <r>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2660"/>
+  </r>
+  <r>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="RU"/>
+    <s v="Russian Federation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5793"/>
+  </r>
+  <r>
+    <s v="RU"/>
+    <s v="Russian Federation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="RU"/>
+    <s v="Russian Federation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4757"/>
+  </r>
+  <r>
+    <s v="RU"/>
+    <s v="Russian Federation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="RU"/>
+    <s v="Russian Federation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="RU"/>
+    <s v="Russian Federation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="6381"/>
+  </r>
+  <r>
+    <s v="RU"/>
+    <s v="Russian Federation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="RU"/>
+    <s v="Russian Federation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5186"/>
+  </r>
+  <r>
+    <s v="RU"/>
+    <s v="Russian Federation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="RU"/>
+    <s v="Russian Federation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4111"/>
+  </r>
+  <r>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3729"/>
+  </r>
+  <r>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4598"/>
+  </r>
+  <r>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4175"/>
+  </r>
+  <r>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="UA"/>
+    <s v="Ukraine"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="RS"/>
+    <s v="Serbia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CH"/>
+    <s v="Switzerland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="MD"/>
+    <s v="Moldova, Republic of"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3416"/>
+  </r>
+  <r>
+    <s v="MD"/>
+    <s v="Moldova, Republic of"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="MD"/>
+    <s v="Moldova, Republic of"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2990"/>
+  </r>
+  <r>
+    <s v="MD"/>
+    <s v="Moldova, Republic of"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="MD"/>
+    <s v="Moldova, Republic of"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="MD"/>
+    <s v="Moldova, Republic of"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="6420"/>
+  </r>
+  <r>
+    <s v="MD"/>
+    <s v="Moldova, Republic of"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="MD"/>
+    <s v="Moldova, Republic of"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="5727"/>
+  </r>
+  <r>
+    <s v="MD"/>
+    <s v="Moldova, Republic of"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="MD"/>
+    <s v="Moldova, Republic of"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="AL"/>
+    <s v="Albania"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="BY"/>
+    <s v="Belarus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="BY"/>
+    <s v="Belarus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="BY"/>
+    <s v="Belarus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="BY"/>
+    <s v="Belarus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="BY"/>
+    <s v="Belarus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="BY"/>
+    <s v="Belarus"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="BY"/>
+    <s v="Belarus"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="BY"/>
+    <s v="Belarus"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="BY"/>
+    <s v="Belarus"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="BY"/>
+    <s v="Belarus"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="BA"/>
+    <s v="Bosnia and Herzegovina"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5101"/>
+  </r>
+  <r>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4757"/>
+  </r>
+  <r>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="QO"/>
+    <s v="Kosovo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="QO"/>
+    <s v="Kosovo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="QO"/>
+    <s v="Kosovo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="QO"/>
+    <s v="Kosovo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="QO"/>
+    <s v="Kosovo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="QO"/>
+    <s v="Kosovo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="QO"/>
+    <s v="Kosovo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="QO"/>
+    <s v="Kosovo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="QO"/>
+    <s v="Kosovo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="QO"/>
+    <s v="Kosovo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="NO"/>
+    <s v="Norway"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="TR"/>
+    <s v="Turkey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="ZZEURJ"/>
+    <s v="Other Europe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="ZZEURJ"/>
+    <s v="Other Europe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="ZZEURJ"/>
+    <s v="Other Europe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="ZZEURJ"/>
+    <s v="Other Europe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ZZEURJ"/>
+    <s v="Other Europe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="ZZEURJ"/>
+    <s v="Other Europe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="ZZEURJ"/>
+    <s v="Other Europe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="ZZEURJ"/>
+    <s v="Other Europe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="ZZEURJ"/>
+    <s v="Other Europe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ZZEURJ"/>
+    <s v="Other Europe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="8083"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6799"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="8027"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6925"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South Africa"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigeria"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="19730"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigeria"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3421"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigeria"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="15755"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigeria"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigeria"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigeria"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="16538"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigeria"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigeria"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="13704"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigeria"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigeria"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="MU"/>
+    <s v="Mauritius"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2915"/>
+  </r>
+  <r>
+    <s v="MU"/>
+    <s v="Mauritius"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="MU"/>
+    <s v="Mauritius"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2677"/>
+  </r>
+  <r>
+    <s v="MU"/>
+    <s v="Mauritius"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="MU"/>
+    <s v="Mauritius"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="MU"/>
+    <s v="Mauritius"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="MU"/>
+    <s v="Mauritius"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="MU"/>
+    <s v="Mauritius"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="MU"/>
+    <s v="Mauritius"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="MU"/>
+    <s v="Mauritius"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="ZW"/>
+    <s v="Zimbabwe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2784"/>
+  </r>
+  <r>
+    <s v="ZW"/>
+    <s v="Zimbabwe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="ZW"/>
+    <s v="Zimbabwe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2322"/>
+  </r>
+  <r>
+    <s v="ZW"/>
+    <s v="Zimbabwe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="ZW"/>
+    <s v="Zimbabwe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="ZW"/>
+    <s v="Zimbabwe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2806"/>
+  </r>
+  <r>
+    <s v="ZW"/>
+    <s v="Zimbabwe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="ZW"/>
+    <s v="Zimbabwe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="ZW"/>
+    <s v="Zimbabwe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="ZW"/>
+    <s v="Zimbabwe"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="DZ"/>
+    <s v="Algeria"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="DZ"/>
+    <s v="Algeria"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="DZ"/>
+    <s v="Algeria"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="DZ"/>
+    <s v="Algeria"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="DZ"/>
+    <s v="Algeria"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="DZ"/>
+    <s v="Algeria"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="DZ"/>
+    <s v="Algeria"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="DZ"/>
+    <s v="Algeria"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="DZ"/>
+    <s v="Algeria"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="DZ"/>
+    <s v="Algeria"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="AO"/>
+    <s v="Angola"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="AO"/>
+    <s v="Angola"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="AO"/>
+    <s v="Angola"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="AO"/>
+    <s v="Angola"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="AO"/>
+    <s v="Angola"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="AO"/>
+    <s v="Angola"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="AO"/>
+    <s v="Angola"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="AO"/>
+    <s v="Angola"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="AO"/>
+    <s v="Angola"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="AO"/>
+    <s v="Angola"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="BW"/>
+    <s v="Botswana"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="BW"/>
+    <s v="Botswana"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="BW"/>
+    <s v="Botswana"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="BW"/>
+    <s v="Botswana"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BW"/>
+    <s v="Botswana"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="BW"/>
+    <s v="Botswana"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="BW"/>
+    <s v="Botswana"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="BW"/>
+    <s v="Botswana"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="BW"/>
+    <s v="Botswana"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="BW"/>
+    <s v="Botswana"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="CM"/>
+    <s v="Cameroon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="CM"/>
+    <s v="Cameroon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CM"/>
+    <s v="Cameroon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="CM"/>
+    <s v="Cameroon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CM"/>
+    <s v="Cameroon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="CM"/>
+    <s v="Cameroon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="CM"/>
+    <s v="Cameroon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CM"/>
+    <s v="Cameroon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="CM"/>
+    <s v="Cameroon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CM"/>
+    <s v="Cameroon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="CG"/>
+    <s v="Congo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2864"/>
+  </r>
+  <r>
+    <s v="CG"/>
+    <s v="Congo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CG"/>
+    <s v="Congo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2378"/>
+  </r>
+  <r>
+    <s v="CG"/>
+    <s v="Congo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CG"/>
+    <s v="Congo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="CG"/>
+    <s v="Congo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2711"/>
+  </r>
+  <r>
+    <s v="CG"/>
+    <s v="Congo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="CG"/>
+    <s v="Congo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="CG"/>
+    <s v="Congo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CG"/>
+    <s v="Congo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CI"/>
+    <s v="Cote d'Ivoire"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="CI"/>
+    <s v="Cote d'Ivoire"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CI"/>
+    <s v="Cote d'Ivoire"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CI"/>
+    <s v="Cote d'Ivoire"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CI"/>
+    <s v="Cote d'Ivoire"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="CI"/>
+    <s v="Cote d'Ivoire"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="CI"/>
+    <s v="Cote d'Ivoire"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CI"/>
+    <s v="Cote d'Ivoire"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="CI"/>
+    <s v="Cote d'Ivoire"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CI"/>
+    <s v="Cote d'Ivoire"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="EG"/>
+    <s v="Egypt"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="EG"/>
+    <s v="Egypt"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="EG"/>
+    <s v="Egypt"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="EG"/>
+    <s v="Egypt"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="EG"/>
+    <s v="Egypt"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="EG"/>
+    <s v="Egypt"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="EG"/>
+    <s v="Egypt"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="EG"/>
+    <s v="Egypt"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="EG"/>
+    <s v="Egypt"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="EG"/>
+    <s v="Egypt"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ET"/>
+    <s v="Ethiopia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="ET"/>
+    <s v="Ethiopia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="ET"/>
+    <s v="Ethiopia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="ET"/>
+    <s v="Ethiopia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ET"/>
+    <s v="Ethiopia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="ET"/>
+    <s v="Ethiopia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="ET"/>
+    <s v="Ethiopia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="ET"/>
+    <s v="Ethiopia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="ET"/>
+    <s v="Ethiopia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ET"/>
+    <s v="Ethiopia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="GH"/>
+    <s v="Ghana"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="GH"/>
+    <s v="Ghana"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="GH"/>
+    <s v="Ghana"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="GH"/>
+    <s v="Ghana"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="GH"/>
+    <s v="Ghana"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="GH"/>
+    <s v="Ghana"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="GH"/>
+    <s v="Ghana"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="GH"/>
+    <s v="Ghana"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="GH"/>
+    <s v="Ghana"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="GH"/>
+    <s v="Ghana"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kenya"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kenya"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kenya"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kenya"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kenya"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kenya"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kenya"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kenya"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kenya"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="KE"/>
+    <s v="Kenya"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="LR"/>
+    <s v="Liberia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="LR"/>
+    <s v="Liberia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="LR"/>
+    <s v="Liberia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="LR"/>
+    <s v="Liberia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="LR"/>
+    <s v="Liberia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="LR"/>
+    <s v="Liberia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="LR"/>
+    <s v="Liberia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="LR"/>
+    <s v="Liberia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="LR"/>
+    <s v="Liberia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="LR"/>
+    <s v="Liberia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="LY"/>
+    <s v="Libya"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="LY"/>
+    <s v="Libya"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="LY"/>
+    <s v="Libya"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="LY"/>
+    <s v="Libya"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="LY"/>
+    <s v="Libya"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="LY"/>
+    <s v="Libya"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="LY"/>
+    <s v="Libya"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="LY"/>
+    <s v="Libya"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="LY"/>
+    <s v="Libya"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="LY"/>
+    <s v="Libya"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="MW"/>
+    <s v="Malawi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="MW"/>
+    <s v="Malawi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="MW"/>
+    <s v="Malawi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="MW"/>
+    <s v="Malawi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="MW"/>
+    <s v="Malawi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="MW"/>
+    <s v="Malawi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="MW"/>
+    <s v="Malawi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="MW"/>
+    <s v="Malawi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="MW"/>
+    <s v="Malawi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="MW"/>
+    <s v="Malawi"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="MA"/>
+    <s v="Morocco"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="MA"/>
+    <s v="Morocco"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="MA"/>
+    <s v="Morocco"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="MA"/>
+    <s v="Morocco"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="MA"/>
+    <s v="Morocco"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="MA"/>
+    <s v="Morocco"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="MA"/>
+    <s v="Morocco"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="MA"/>
+    <s v="Morocco"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="MA"/>
+    <s v="Morocco"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="MA"/>
+    <s v="Morocco"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="SL"/>
+    <s v="Sierra Leone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="SL"/>
+    <s v="Sierra Leone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="SL"/>
+    <s v="Sierra Leone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="SL"/>
+    <s v="Sierra Leone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SL"/>
+    <s v="Sierra Leone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="SL"/>
+    <s v="Sierra Leone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="SL"/>
+    <s v="Sierra Leone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="SL"/>
+    <s v="Sierra Leone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="SL"/>
+    <s v="Sierra Leone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SL"/>
+    <s v="Sierra Leone"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Somalia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Somalia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Somalia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Somalia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Somalia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Somalia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Somalia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Somalia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Somalia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="SO"/>
+    <s v="Somalia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="Sudan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="Sudan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="Sudan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="Sudan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="Sudan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="Sudan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="Sudan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="Sudan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="Sudan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="SD"/>
+    <s v="Sudan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="TZ"/>
+    <s v="Tanzania, United Republic of"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="TZ"/>
+    <s v="Tanzania, United Republic of"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="TZ"/>
+    <s v="Tanzania, United Republic of"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="TZ"/>
+    <s v="Tanzania, United Republic of"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TZ"/>
+    <s v="Tanzania, United Republic of"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="TZ"/>
+    <s v="Tanzania, United Republic of"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="TZ"/>
+    <s v="Tanzania, United Republic of"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="TZ"/>
+    <s v="Tanzania, United Republic of"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="TZ"/>
+    <s v="Tanzania, United Republic of"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TZ"/>
+    <s v="Tanzania, United Republic of"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="TG"/>
+    <s v="Togo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="TG"/>
+    <s v="Togo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="TG"/>
+    <s v="Togo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="TG"/>
+    <s v="Togo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="TG"/>
+    <s v="Togo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="TG"/>
+    <s v="Togo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="TG"/>
+    <s v="Togo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="TG"/>
+    <s v="Togo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="TG"/>
+    <s v="Togo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="TG"/>
+    <s v="Togo"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="TN"/>
+    <s v="Tunisia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="TN"/>
+    <s v="Tunisia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="TN"/>
+    <s v="Tunisia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="TN"/>
+    <s v="Tunisia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TN"/>
+    <s v="Tunisia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="TN"/>
+    <s v="Tunisia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="TN"/>
+    <s v="Tunisia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="TN"/>
+    <s v="Tunisia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="TN"/>
+    <s v="Tunisia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TN"/>
+    <s v="Tunisia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="UG"/>
+    <s v="Uganda"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="UG"/>
+    <s v="Uganda"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="UG"/>
+    <s v="Uganda"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="UG"/>
+    <s v="Uganda"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="UG"/>
+    <s v="Uganda"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="UG"/>
+    <s v="Uganda"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="UG"/>
+    <s v="Uganda"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="UG"/>
+    <s v="Uganda"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="UG"/>
+    <s v="Uganda"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="UG"/>
+    <s v="Uganda"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="ZM"/>
+    <s v="Zambia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="ZM"/>
+    <s v="Zambia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="ZM"/>
+    <s v="Zambia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="ZM"/>
+    <s v="Zambia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ZM"/>
+    <s v="Zambia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="ZM"/>
+    <s v="Zambia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="ZM"/>
+    <s v="Zambia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="ZM"/>
+    <s v="Zambia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="ZM"/>
+    <s v="Zambia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ZM"/>
+    <s v="Zambia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="ZZAA00"/>
+    <s v="Other Africa"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="ZZAA00"/>
+    <s v="Other Africa"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="ZZAA00"/>
+    <s v="Other Africa"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="ZZAA00"/>
+    <s v="Other Africa"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="ZZAA00"/>
+    <s v="Other Africa"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="ZZAA00"/>
+    <s v="Other Africa"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="ZZAA00"/>
+    <s v="Other Africa"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="ZZAA00"/>
+    <s v="Other Africa"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="ZZAA00"/>
+    <s v="Other Africa"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="ZZAA00"/>
+    <s v="Other Africa"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="China"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="11424"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="China"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="China"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="10672"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="China"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="China"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="China"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="11212"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="China"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="China"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="10445"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="China"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="China"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="17261"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="15677"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="20644"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="18331"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="India"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Philippines"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="13764"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Philippines"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Philippines"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="11643"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Philippines"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Philippines"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Philippines"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="14691"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Philippines"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Philippines"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="12429"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Philippines"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Philippines"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="8274"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="7214"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="12757"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="11441"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="MY"/>
+    <s v="Malaysia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3762"/>
+  </r>
+  <r>
+    <s v="MY"/>
+    <s v="Malaysia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="MY"/>
+    <s v="Malaysia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3439"/>
+  </r>
+  <r>
+    <s v="MY"/>
+    <s v="Malaysia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="MY"/>
+    <s v="Malaysia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="MY"/>
+    <s v="Malaysia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4001"/>
+  </r>
+  <r>
+    <s v="MY"/>
+    <s v="Malaysia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="MY"/>
+    <s v="Malaysia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3722"/>
+  </r>
+  <r>
+    <s v="MY"/>
+    <s v="Malaysia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="MY"/>
+    <s v="Malaysia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="BD"/>
+    <s v="Bangladesh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2914"/>
+  </r>
+  <r>
+    <s v="BD"/>
+    <s v="Bangladesh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="BD"/>
+    <s v="Bangladesh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2610"/>
+  </r>
+  <r>
+    <s v="BD"/>
+    <s v="Bangladesh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="BD"/>
+    <s v="Bangladesh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="BD"/>
+    <s v="Bangladesh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="BD"/>
+    <s v="Bangladesh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="BD"/>
+    <s v="Bangladesh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3035"/>
+  </r>
+  <r>
+    <s v="BD"/>
+    <s v="Bangladesh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="BD"/>
+    <s v="Bangladesh"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="HK"/>
+    <s v="Hong Kong"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="HK"/>
+    <s v="Hong Kong"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="HK"/>
+    <s v="Hong Kong"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="HK"/>
+    <s v="Hong Kong"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="HK"/>
+    <s v="Hong Kong"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="HK"/>
+    <s v="Hong Kong"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="HK"/>
+    <s v="Hong Kong"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="HK"/>
+    <s v="Hong Kong"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="HK"/>
+    <s v="Hong Kong"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="HK"/>
+    <s v="Hong Kong"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="AF"/>
+    <s v="Afghanistan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="AF"/>
+    <s v="Afghanistan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="AF"/>
+    <s v="Afghanistan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="AF"/>
+    <s v="Afghanistan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="AF"/>
+    <s v="Afghanistan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="AF"/>
+    <s v="Afghanistan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="AF"/>
+    <s v="Afghanistan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="AF"/>
+    <s v="Afghanistan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="AF"/>
+    <s v="Afghanistan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="AF"/>
+    <s v="Afghanistan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="BH"/>
+    <s v="Bahrain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="BH"/>
+    <s v="Bahrain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="BH"/>
+    <s v="Bahrain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="BH"/>
+    <s v="Bahrain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="BH"/>
+    <s v="Bahrain"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="BH"/>
+    <s v="Bahrain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="BH"/>
+    <s v="Bahrain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="BH"/>
+    <s v="Bahrain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="BH"/>
+    <s v="Bahrain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BH"/>
+    <s v="Bahrain"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="GE"/>
+    <s v="Georgia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="GE"/>
+    <s v="Georgia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="GE"/>
+    <s v="Georgia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="GE"/>
+    <s v="Georgia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="GE"/>
+    <s v="Georgia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="GE"/>
+    <s v="Georgia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="GE"/>
+    <s v="Georgia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="GE"/>
+    <s v="Georgia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="GE"/>
+    <s v="Georgia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="GE"/>
+    <s v="Georgia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ID"/>
+    <s v="Indonesia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="ID"/>
+    <s v="Indonesia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ID"/>
+    <s v="Indonesia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="ID"/>
+    <s v="Indonesia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ID"/>
+    <s v="Indonesia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="ID"/>
+    <s v="Indonesia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="ID"/>
+    <s v="Indonesia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ID"/>
+    <s v="Indonesia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="ID"/>
+    <s v="Indonesia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ID"/>
+    <s v="Indonesia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="IR"/>
+    <s v="Iran, Islamic Republic of"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="IR"/>
+    <s v="Iran, Islamic Republic of"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="IR"/>
+    <s v="Iran, Islamic Republic of"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="IR"/>
+    <s v="Iran, Islamic Republic of"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="IR"/>
+    <s v="Iran, Islamic Republic of"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="IR"/>
+    <s v="Iran, Islamic Republic of"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="IR"/>
+    <s v="Iran, Islamic Republic of"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="IR"/>
+    <s v="Iran, Islamic Republic of"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="IR"/>
+    <s v="Iran, Islamic Republic of"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="IR"/>
+    <s v="Iran, Islamic Republic of"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="IQ"/>
+    <s v="Iraq"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1724"/>
+  </r>
+  <r>
+    <s v="IQ"/>
+    <s v="Iraq"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="IQ"/>
+    <s v="Iraq"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="IQ"/>
+    <s v="Iraq"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="IQ"/>
+    <s v="Iraq"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="IQ"/>
+    <s v="Iraq"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="IQ"/>
+    <s v="Iraq"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="IQ"/>
+    <s v="Iraq"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="IQ"/>
+    <s v="Iraq"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="IQ"/>
+    <s v="Iraq"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="IL"/>
+    <s v="Israel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="IL"/>
+    <s v="Israel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="IL"/>
+    <s v="Israel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="IL"/>
+    <s v="Israel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="IL"/>
+    <s v="Israel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="IL"/>
+    <s v="Israel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="IL"/>
+    <s v="Israel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="IL"/>
+    <s v="Israel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="IL"/>
+    <s v="Israel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="IL"/>
+    <s v="Israel"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="JP"/>
+    <s v="Japan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="JP"/>
+    <s v="Japan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="JP"/>
+    <s v="Japan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="JP"/>
+    <s v="Japan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="JP"/>
+    <s v="Japan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="JP"/>
+    <s v="Japan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="JP"/>
+    <s v="Japan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="JP"/>
+    <s v="Japan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="JP"/>
+    <s v="Japan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="JP"/>
+    <s v="Japan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="JO"/>
+    <s v="Jordan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="JO"/>
+    <s v="Jordan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="JO"/>
+    <s v="Jordan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="JO"/>
+    <s v="Jordan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="JO"/>
+    <s v="Jordan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="JO"/>
+    <s v="Jordan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="JO"/>
+    <s v="Jordan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="JO"/>
+    <s v="Jordan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="JO"/>
+    <s v="Jordan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="JO"/>
+    <s v="Jordan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="KZ"/>
+    <s v="Kazakhstan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="KZ"/>
+    <s v="Kazakhstan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="KZ"/>
+    <s v="Kazakhstan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="KZ"/>
+    <s v="Kazakhstan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="KZ"/>
+    <s v="Kazakhstan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="KZ"/>
+    <s v="Kazakhstan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="KZ"/>
+    <s v="Kazakhstan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="KZ"/>
+    <s v="Kazakhstan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="KZ"/>
+    <s v="Kazakhstan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="KZ"/>
+    <s v="Kazakhstan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="KR"/>
+    <s v="Korea, Republic of"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="KR"/>
+    <s v="Korea, Republic of"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="KR"/>
+    <s v="Korea, Republic of"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="KR"/>
+    <s v="Korea, Republic of"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="KR"/>
+    <s v="Korea, Republic of"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="KR"/>
+    <s v="Korea, Republic of"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="KR"/>
+    <s v="Korea, Republic of"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="KR"/>
+    <s v="Korea, Republic of"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="KR"/>
+    <s v="Korea, Republic of"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="KR"/>
+    <s v="Korea, Republic of"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="LA"/>
+    <s v="Lao People's Democratic Republic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="LA"/>
+    <s v="Lao People's Democratic Republic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="LA"/>
+    <s v="Lao People's Democratic Republic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="LA"/>
+    <s v="Lao People's Democratic Republic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="LA"/>
+    <s v="Lao People's Democratic Republic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="LA"/>
+    <s v="Lao People's Democratic Republic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="LA"/>
+    <s v="Lao People's Democratic Republic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="LA"/>
+    <s v="Lao People's Democratic Republic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="LA"/>
+    <s v="Lao People's Democratic Republic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="LA"/>
+    <s v="Lao People's Democratic Republic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="LB"/>
+    <s v="Lebanon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="LB"/>
+    <s v="Lebanon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="LB"/>
+    <s v="Lebanon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="LB"/>
+    <s v="Lebanon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="LB"/>
+    <s v="Lebanon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="LB"/>
+    <s v="Lebanon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="LB"/>
+    <s v="Lebanon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="LB"/>
+    <s v="Lebanon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="LB"/>
+    <s v="Lebanon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="LB"/>
+    <s v="Lebanon"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="KW"/>
+    <s v="Kuwait"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="KW"/>
+    <s v="Kuwait"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="KW"/>
+    <s v="Kuwait"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="KW"/>
+    <s v="Kuwait"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="KW"/>
+    <s v="Kuwait"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="KW"/>
+    <s v="Kuwait"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="KW"/>
+    <s v="Kuwait"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="KW"/>
+    <s v="Kuwait"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="KW"/>
+    <s v="Kuwait"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="KW"/>
+    <s v="Kuwait"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Mongolia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Mongolia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Mongolia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Mongolia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Mongolia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Mongolia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Mongolia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Mongolia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Mongolia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="MN"/>
+    <s v="Mongolia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="MM"/>
+    <s v="Myanmar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="MM"/>
+    <s v="Myanmar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="MM"/>
+    <s v="Myanmar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="MM"/>
+    <s v="Myanmar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="MM"/>
+    <s v="Myanmar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="MM"/>
+    <s v="Myanmar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="MM"/>
+    <s v="Myanmar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="MM"/>
+    <s v="Myanmar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="MM"/>
+    <s v="Myanmar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="MM"/>
+    <s v="Myanmar"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="NP"/>
+    <s v="Nepal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="NP"/>
+    <s v="Nepal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="NP"/>
+    <s v="Nepal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="NP"/>
+    <s v="Nepal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="NP"/>
+    <s v="Nepal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="NP"/>
+    <s v="Nepal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="NP"/>
+    <s v="Nepal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="NP"/>
+    <s v="Nepal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="NP"/>
+    <s v="Nepal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="NP"/>
+    <s v="Nepal"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="OM"/>
+    <s v="Oman"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="OM"/>
+    <s v="Oman"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="OM"/>
+    <s v="Oman"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="OM"/>
+    <s v="Oman"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="OM"/>
+    <s v="Oman"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="42.8"/>
+  </r>
+  <r>
+    <s v="OM"/>
+    <s v="Oman"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="OM"/>
+    <s v="Oman"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="OM"/>
+    <s v="Oman"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="OM"/>
+    <s v="Oman"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="OM"/>
+    <s v="Oman"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="SA"/>
+    <s v="Saudi Arabia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1939"/>
+  </r>
+  <r>
+    <s v="SA"/>
+    <s v="Saudi Arabia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="SA"/>
+    <s v="Saudi Arabia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="SA"/>
+    <s v="Saudi Arabia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="SA"/>
+    <s v="Saudi Arabia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="SA"/>
+    <s v="Saudi Arabia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2689"/>
+  </r>
+  <r>
+    <s v="SA"/>
+    <s v="Saudi Arabia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="SA"/>
+    <s v="Saudi Arabia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="SA"/>
+    <s v="Saudi Arabia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="SA"/>
+    <s v="Saudi Arabia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="SG"/>
+    <s v="Singapore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="SG"/>
+    <s v="Singapore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="SG"/>
+    <s v="Singapore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="SG"/>
+    <s v="Singapore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SG"/>
+    <s v="Singapore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="SG"/>
+    <s v="Singapore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="SG"/>
+    <s v="Singapore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="SG"/>
+    <s v="Singapore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="SG"/>
+    <s v="Singapore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SG"/>
+    <s v="Singapore"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Sri Lanka"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Sri Lanka"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Sri Lanka"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Sri Lanka"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Sri Lanka"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Sri Lanka"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Sri Lanka"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Sri Lanka"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Sri Lanka"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="LK"/>
+    <s v="Sri Lanka"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="SY"/>
+    <s v="Syrian Arab Republic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="SY"/>
+    <s v="Syrian Arab Republic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="SY"/>
+    <s v="Syrian Arab Republic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="SY"/>
+    <s v="Syrian Arab Republic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SY"/>
+    <s v="Syrian Arab Republic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SY"/>
+    <s v="Syrian Arab Republic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="SY"/>
+    <s v="Syrian Arab Republic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="SY"/>
+    <s v="Syrian Arab Republic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="SY"/>
+    <s v="Syrian Arab Republic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="SY"/>
+    <s v="Syrian Arab Republic"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="TH"/>
+    <s v="Thailand"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1802"/>
+  </r>
+  <r>
+    <s v="TH"/>
+    <s v="Thailand"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="TH"/>
+    <s v="Thailand"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="TH"/>
+    <s v="Thailand"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="TH"/>
+    <s v="Thailand"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="TH"/>
+    <s v="Thailand"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2238"/>
+  </r>
+  <r>
+    <s v="TH"/>
+    <s v="Thailand"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="TH"/>
+    <s v="Thailand"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1901"/>
+  </r>
+  <r>
+    <s v="TH"/>
+    <s v="Thailand"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="TH"/>
+    <s v="Thailand"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="AE"/>
+    <s v="United Arab Emirates"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="UZ"/>
+    <s v="Uzbekistan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="UZ"/>
+    <s v="Uzbekistan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="UZ"/>
+    <s v="Uzbekistan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="UZ"/>
+    <s v="Uzbekistan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="UZ"/>
+    <s v="Uzbekistan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="UZ"/>
+    <s v="Uzbekistan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="UZ"/>
+    <s v="Uzbekistan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="UZ"/>
+    <s v="Uzbekistan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="UZ"/>
+    <s v="Uzbekistan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="UZ"/>
+    <s v="Uzbekistan"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="VN"/>
+    <s v="Vietnam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="VN"/>
+    <s v="Vietnam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="VN"/>
+    <s v="Vietnam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="VN"/>
+    <s v="Vietnam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VN"/>
+    <s v="Vietnam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="VN"/>
+    <s v="Vietnam"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="VN"/>
+    <s v="Vietnam"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="VN"/>
+    <s v="Vietnam"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="VN"/>
+    <s v="Vietnam"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VN"/>
+    <s v="Vietnam"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="TW"/>
+    <s v="Taiwan, Province of China"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="TW"/>
+    <s v="Taiwan, Province of China"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="TW"/>
+    <s v="Taiwan, Province of China"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="TW"/>
+    <s v="Taiwan, Province of China"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TW"/>
+    <s v="Taiwan, Province of China"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="TW"/>
+    <s v="Taiwan, Province of China"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="TW"/>
+    <s v="Taiwan, Province of China"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="TW"/>
+    <s v="Taiwan, Province of China"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="TW"/>
+    <s v="Taiwan, Province of China"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TW"/>
+    <s v="Taiwan, Province of China"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="ZZAB00"/>
+    <s v="Other Asia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="ZZAB00"/>
+    <s v="Other Asia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="ZZAB00"/>
+    <s v="Other Asia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="ZZAB00"/>
+    <s v="Other Asia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="ZZAB00"/>
+    <s v="Other Asia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="ZZAB00"/>
+    <s v="Other Asia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="ZZAB00"/>
+    <s v="Other Asia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="ZZAB00"/>
+    <s v="Other Asia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="ZZAB00"/>
+    <s v="Other Asia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ZZAB00"/>
+    <s v="Other Asia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="27345"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="10923"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="15846"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="39.9"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="28276"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="10097"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="17809"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="9262"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="8550"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="15726"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="14936"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazil"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4768"/>
+  </r>
+  <r>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3476"/>
+  </r>
+  <r>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5189"/>
+  </r>
+  <r>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4045"/>
+  </r>
+  <r>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="AR"/>
+    <s v="Argentina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="AR"/>
+    <s v="Argentina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="AR"/>
+    <s v="Argentina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="AR"/>
+    <s v="Argentina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="AR"/>
+    <s v="Argentina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="AR"/>
+    <s v="Argentina"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="AR"/>
+    <s v="Argentina"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="AR"/>
+    <s v="Argentina"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="AR"/>
+    <s v="Argentina"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="AR"/>
+    <s v="Argentina"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="CL"/>
+    <s v="Chile"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CL"/>
+    <s v="Chile"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CL"/>
+    <s v="Chile"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="CL"/>
+    <s v="Chile"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CL"/>
+    <s v="Chile"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="CL"/>
+    <s v="Chile"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="CL"/>
+    <s v="Chile"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CL"/>
+    <s v="Chile"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="CL"/>
+    <s v="Chile"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CL"/>
+    <s v="Chile"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="CO"/>
+    <s v="Colombia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="CO"/>
+    <s v="Colombia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CO"/>
+    <s v="Colombia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="CO"/>
+    <s v="Colombia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CO"/>
+    <s v="Colombia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="CO"/>
+    <s v="Colombia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="CO"/>
+    <s v="Colombia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CO"/>
+    <s v="Colombia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="CO"/>
+    <s v="Colombia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CO"/>
+    <s v="Colombia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CU"/>
+    <s v="Cuba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CU"/>
+    <s v="Cuba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CU"/>
+    <s v="Cuba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="CU"/>
+    <s v="Cuba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CU"/>
+    <s v="Cuba"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="CU"/>
+    <s v="Cuba"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="CU"/>
+    <s v="Cuba"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CU"/>
+    <s v="Cuba"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CU"/>
+    <s v="Cuba"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CU"/>
+    <s v="Cuba"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="GT"/>
+    <s v="Guatemala"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="GT"/>
+    <s v="Guatemala"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="GT"/>
+    <s v="Guatemala"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="GT"/>
+    <s v="Guatemala"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="GT"/>
+    <s v="Guatemala"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="GT"/>
+    <s v="Guatemala"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="GT"/>
+    <s v="Guatemala"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="GT"/>
+    <s v="Guatemala"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="GT"/>
+    <s v="Guatemala"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="GT"/>
+    <s v="Guatemala"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="JM"/>
+    <s v="Jamaica"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="JM"/>
+    <s v="Jamaica"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="JM"/>
+    <s v="Jamaica"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="JM"/>
+    <s v="Jamaica"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="JM"/>
+    <s v="Jamaica"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="JM"/>
+    <s v="Jamaica"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="JM"/>
+    <s v="Jamaica"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="JM"/>
+    <s v="Jamaica"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="JM"/>
+    <s v="Jamaica"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="JM"/>
+    <s v="Jamaica"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="MX"/>
+    <s v="Mexico"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="MX"/>
+    <s v="Mexico"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="MX"/>
+    <s v="Mexico"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="MX"/>
+    <s v="Mexico"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="MX"/>
+    <s v="Mexico"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="MX"/>
+    <s v="Mexico"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="MX"/>
+    <s v="Mexico"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="MX"/>
+    <s v="Mexico"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="MX"/>
+    <s v="Mexico"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="MX"/>
+    <s v="Mexico"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="PE"/>
+    <s v="Peru"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="PE"/>
+    <s v="Peru"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PE"/>
+    <s v="Peru"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="PE"/>
+    <s v="Peru"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="PE"/>
+    <s v="Peru"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="PE"/>
+    <s v="Peru"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="PE"/>
+    <s v="Peru"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="PE"/>
+    <s v="Peru"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="PE"/>
+    <s v="Peru"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="PE"/>
+    <s v="Peru"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="TT"/>
+    <s v="Trinidad and Tobago"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="TT"/>
+    <s v="Trinidad and Tobago"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="TT"/>
+    <s v="Trinidad and Tobago"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="TT"/>
+    <s v="Trinidad and Tobago"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TT"/>
+    <s v="Trinidad and Tobago"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="TT"/>
+    <s v="Trinidad and Tobago"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="TT"/>
+    <s v="Trinidad and Tobago"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="TT"/>
+    <s v="Trinidad and Tobago"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="TT"/>
+    <s v="Trinidad and Tobago"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TT"/>
+    <s v="Trinidad and Tobago"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="VE"/>
+    <s v="Venezuela"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="VE"/>
+    <s v="Venezuela"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VE"/>
+    <s v="Venezuela"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="VE"/>
+    <s v="Venezuela"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VE"/>
+    <s v="Venezuela"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="VE"/>
+    <s v="Venezuela"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="VE"/>
+    <s v="Venezuela"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="VE"/>
+    <s v="Venezuela"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="VE"/>
+    <s v="Venezuela"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VE"/>
+    <s v="Venezuela"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="ZZAZ01"/>
+    <s v="Other America"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="ZZAZ01"/>
+    <s v="Other America"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="ZZAZ01"/>
+    <s v="Other America"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="ZZAZ01"/>
+    <s v="Other America"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ZZAZ01"/>
+    <s v="Other America"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ZZAZ01"/>
+    <s v="Other America"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="ZZAZ01"/>
+    <s v="Other America"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="ZZAZ01"/>
+    <s v="Other America"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="ZZAZ01"/>
+    <s v="Other America"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ZZAZ01"/>
+    <s v="Other America"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="5839"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3940"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="6205"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="4246"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="NZ"/>
+    <s v="New Zealand"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="ZZZ8"/>
+    <s v="Other Countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4308738"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1767555"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2455762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="85421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C01"/>
+    <s v="Population Aged 3 Years and Over"/>
+    <s v="Number"/>
+    <n v="4498358"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C02"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1754435"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C03"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2609480"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C04"/>
+    <s v="Not Stated"/>
+    <s v="Number"/>
+    <n v="134443"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA042C05"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+</pivotCacheRecords>
 </file>