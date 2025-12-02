--- v0 (2025-10-09)
+++ v1 (2025-12-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3f01a94149d4010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d2dc28428217482092834577310cb2a7.psmdcp" Id="R126b437f02f04f1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58623d3d7c004a90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/46324f55a6474072942cc3fd4cc70ac3.psmdcp" Id="Rd34821e4fc724e5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EA039</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Percentage of Irish Speakers and Non-Irish Speakers Aged 3 Years and Over 1861 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/27/2020 11:00:00 AM</x:t>
+    <x:t>27/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>When excluding not stated, people with an ability to speak Irish made up 39.8% of the population in 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA039/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P10</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 10 - Education and Skills and the Irish Language</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -454,339 +454,152 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H286" totalsRowShown="0">
   <x:autoFilter ref="A1:H286"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02779V03348"/>
     <x:tableColumn id="2" name="Province"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1055,51 +868,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA039/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1288,51 +1101,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H286"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="13.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="34.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -8756,51 +8569,51 @@
       <x:c r="E286" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H286" s="0">
         <x:v>36.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8817,51 +8630,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H286" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="5">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="B"/>
         <x:s v="C"/>
         <x:s v="D"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Province">
       <x:sharedItems count="5">
         <x:s v="State"/>
         <x:s v="Leinster"/>
         <x:s v="Munster"/>
         <x:s v="Connacht"/>
         <x:s v="Ulster (part of)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="19">
         <x:s v="1861"/>
         <x:s v="1871"/>
         <x:s v="1881"/>
@@ -9187,27 +9000,2878 @@
         <x:n v="155670"/>
         <x:n v="30.1"/>
         <x:n v="69334"/>
         <x:n v="151909"/>
         <x:n v="31.3"/>
         <x:n v="88178"/>
         <x:n v="136322"/>
         <x:n v="39.3"/>
         <x:n v="92862"/>
         <x:n v="143107"/>
         <x:n v="39.4"/>
         <x:n v="98277"/>
         <x:n v="157090"/>
         <x:n v="106546"/>
         <x:n v="173879"/>
         <x:n v="104013"/>
         <x:n v="180501"/>
         <x:n v="36.6"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1077087"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3325024"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="804547"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="3248640"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="924781"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2945239"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="664387"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2804307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="619710"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2602113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="553717"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2585971"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="540802"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2261650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="666601"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2140324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="588725"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2182932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="716420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1919398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="789429"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1998019"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1018413"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2208054"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1042701"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2310931"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1095830"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2271176"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1430205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2049443"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1570894"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2180101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1656790"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2400856"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1774437"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2596194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1761420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="2807841"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="35704"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1421931"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="16247"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1323204"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="27452"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1251537"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="13677"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1174083"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="26436"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1126393"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="40225"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1121819"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="101102"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="978536"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="183378"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="966434"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="180755"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1017491"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="274644"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="964383"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="341702"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1055160"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="473225"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1202292"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="480227"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1274353"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="511639"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1264188"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="689703"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1155696"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="768404"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1245467"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="823555"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1370796"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="890834"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1491799"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="897357"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1628022"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="545531"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="968027"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="386494"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="1006991"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="445766"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="885349"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="307633"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="864769"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="276268"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="799920"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="228694"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="806801"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="197625"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="718068"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="224805"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="668030"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="189395"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="672660"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="228726"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="567613"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="252805"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="573308"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="323704"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="612526"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="337043"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="630434"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="352177"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="612988"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="451129"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="541616"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="45.4"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="493500"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="561683"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="46.8"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="510005"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="614563"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="45.4"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="537564"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="651550"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="45.2"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="526243"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="703833"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="42.8"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="409482"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="503653"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="44.8"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="330211"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="516002"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="366191"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="455466"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="44.6"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="274783"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="449991"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="245580"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="401352"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="217087"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="393897"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="174234"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="348964"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="183082"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="315322"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="154187"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="309638"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="148708"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="246592"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="137372"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="231960"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="155134"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="244264"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="158386"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="250474"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="162680"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="242091"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="201195"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="215809"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="48.2"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="216128"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="229844"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="48.5"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="224953"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="258407"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="46.5"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="239493"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="278966"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="46.2"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="233807"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="295485"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="44.2"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="86370"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="431413"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1861"/>
+    <s v="1861"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="71595"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="402443"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1871"/>
+    <s v="1871"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="85372"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="352887"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1881"/>
+    <s v="1881"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="68294"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="315464"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1891"/>
+    <s v="1891"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="71426"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="274448"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1901"/>
+    <s v="1901"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="67711"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="263454"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="67841"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="216082"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="75336"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="190538"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="64388"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="183143"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="64342"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="140810"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="57550"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="137591"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="66350"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="148972"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="67045"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="155670"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="69334"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="151909"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="88178"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="136322"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="39.3"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="92862"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="143107"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="39.4"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="98277"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="157090"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="106546"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="173879"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA039C01"/>
+    <s v="Irish Speakers"/>
+    <s v="Number"/>
+    <n v="104013"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA039C02"/>
+    <s v="Non-Irish Speakers"/>
+    <s v="Number"/>
+    <n v="180501"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EA039C03"/>
+    <s v="Irish speakers as a percentage of total"/>
+    <s v="%"/>
+    <n v="36.6"/>
+  </r>
+</pivotCacheRecords>
 </file>