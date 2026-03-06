--- v1 (2025-12-02)
+++ v2 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58623d3d7c004a90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/46324f55a6474072942cc3fd4cc70ac3.psmdcp" Id="Rd34821e4fc724e5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31c3bd9626674472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/068aedfde2b54d26ab82ee6dfc1f335d.psmdcp" Id="R8475d14d9ed64a00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>