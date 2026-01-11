--- v0 (2025-11-12)
+++ v1 (2026-01-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26c6e41166b04fde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a2e7f9b2e3994f2ba955e6668b0c7724.psmdcp" Id="Rfb4f4f29909e474a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a66c0d34f424b1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c57ddd205aca489a8bd2953f5e0a42ae.psmdcp" Id="R9bf8a1b47e8f4dbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>EA035</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 20 Still Living With Parents 2011 to 2016</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/5/2020 11:00:00 AM</x:t>
+    <x:t>05/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA035/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2016P10</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 10 - Education and Skills and the Irish Language</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -445,379 +445,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status of 20 year old" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Attained by Mother" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327B" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Education Level Attained by Father" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L727" totalsRowShown="0">
   <x:autoFilter ref="A1:L727"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Principal Economic Status of 20 year old"/>
     <x:tableColumn id="5" name="C02757V03327A"/>
     <x:tableColumn id="6" name="Highest Level of Education Attained by Mother"/>
     <x:tableColumn id="7" name="C02757V03327B"/>
     <x:tableColumn id="8" name="Highest Education Level Attained by Father"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1090,51 +885,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/EA035/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1321,51 +1116,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L727"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="51.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="38.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="17.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="54.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="17.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="54.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -28983,51 +28778,51 @@
       <x:c r="I727" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J727" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K727" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L727" s="0">
         <x:v>46</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -29044,51 +28839,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L727" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="EA035"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="3">
         <x:s v="-06"/>
         <x:s v="301"/>
         <x:s v="604"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Principal Economic Status of 20 year old">
       <x:sharedItems count="3">
         <x:s v="All persons"/>
         <x:s v="Student or pupil"/>
         <x:s v="Other"/>
       </x:sharedItems>
@@ -29628,27 +29423,10192 @@
         <x:n v="37"/>
         <x:n v="59"/>
         <x:n v="20"/>
         <x:n v="27"/>
         <x:n v="474"/>
         <x:n v="23"/>
         <x:n v="56"/>
         <x:n v="145"/>
         <x:n v="1730"/>
         <x:n v="1530"/>
         <x:n v="348"/>
         <x:n v="270"/>
         <x:n v="159"/>
         <x:n v="89"/>
         <x:n v="635"/>
         <x:n v="345"/>
         <x:n v="9"/>
         <x:n v="38"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39074"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37995"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4629"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8914"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7514"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5700"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5570"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2448"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8795"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9381"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2149"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4254"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2712"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9008"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6863"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3372"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2053"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10101"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9422"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2301"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3223"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4209"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2422"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2709"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3156"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3068"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22266"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23020"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4479"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3974"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3591"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3648"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1958"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4121"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4600"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1910"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3991"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3050"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6308"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5950"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2565"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1880"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16808"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14975"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2806"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4435"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3540"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4674"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4781"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2877"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5017"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3813"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1947"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3793"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3472"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="EA035"/>
+    <s v="Population Aged 20 Still Living With Parents 2011 to 2016"/>
+    <s v="604"/>
+    <s v="Other"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="262"/>
+    <s v="Postgraduate diploma/degree or Doctorate (Ph.D.)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+</pivotCacheRecords>
 </file>