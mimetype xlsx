--- v1 (2026-01-11)
+++ v2 (2026-02-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a66c0d34f424b1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c57ddd205aca489a8bd2953f5e0a42ae.psmdcp" Id="R9bf8a1b47e8f4dbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab3adc5270db4aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e3d2ffce169e44fea3fd59ff1c7a884b.psmdcp" Id="R89cb4079b9544436" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>